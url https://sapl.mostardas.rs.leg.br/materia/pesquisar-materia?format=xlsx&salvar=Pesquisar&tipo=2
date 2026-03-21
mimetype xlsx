--- v0 (2026-01-20)
+++ v1 (2026-03-21)
@@ -54,9810 +54,9810 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Gilnei José Nazareth de Souza</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2928/projeto_de_lei_001.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2928/projeto_de_lei_001.2025.pdf</t>
   </si>
   <si>
     <t>Concede Percentual De Revisão Geral - Artigo 37, X, Da Constituição Federal - Aos Vencimentos Dos Servidores, Dos Proventos Dos Aposentados E Das Pensões, Do Poder Executivo, Conforme Tabelas Das Leis Municipais N°S 4335/2021 E 4336/2021.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_002.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_002.2025.pdf</t>
   </si>
   <si>
     <t>Concede Percentual De Revisão Geral, Nos Termos Do Parágrafo Segundo Do Artigo 25 Mencionado No Artigo 1° Da Lei Municipal N° 3063/2012, Aos Conselheiros Tutelares</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2930/projeto_de_lei_003.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2930/projeto_de_lei_003.2025.pdf</t>
   </si>
   <si>
     <t>Concede Percentual De Revisão Geral - Artigo 37, X, Da Constituição Federal - Aos Salários Dos Empregos Públicos Do Poder Executivo</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_de_lei_004-2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_de_lei_004-2025.pdf</t>
   </si>
   <si>
     <t>Cria Cargos, Altera Cargos E Altera Anexos Da Lei Municipal N° 4335 De 07 De Dezembro De 2021, E Dá Outras Providências</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2932/projeto_de_lei_005.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2932/projeto_de_lei_005.2025.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo Da Lei Municipal N° 3788, De 19 De Junho De 2018.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_de_lei_006.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_de_lei_006.2025.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo Da Lei Municipal N° 4756, De 21 De Dezembro De 2023</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2934/projeto_de_lei_007.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2934/projeto_de_lei_007.2025.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo Da Lei Municipal N° 4333, De 07 De Dezembro De 2021.</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2935/projeto_de_lei_008.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2935/projeto_de_lei_008.2025.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo Da Lei Municipal N° 4456, De 21 De Junho 2022.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_lei_009.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_lei_009.2025.pdf</t>
   </si>
   <si>
     <t>Institui O Programa De Recuperação Fiscal No Município De Mostardas - Refis Municipal 2025.</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2937/projeto_de_lei_010.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2937/projeto_de_lei_010.2025.pdf</t>
   </si>
   <si>
     <t>Altera a data de vencimento do IPTU e dá outras providências.</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2938/projeto_de_lei_011.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2938/projeto_de_lei_011.2025.pdf</t>
   </si>
   <si>
     <t>Concede aumento real aos salários dos empregos públicos do Poder Executivo.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2964/projeto_de_lei_012.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2964/projeto_de_lei_012.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o calendário de eventos do Município de Mostardas para o Exercício de 2025.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_013.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_013.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato por tempo determinado.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_de_lei_014.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_de_lei_014.2025.pdf</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2967/projeto_de_lei_015.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2967/projeto_de_lei_015.2025.pdf</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2968/projeto_de_lei_016.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2968/projeto_de_lei_016.2025.pdf</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_017.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_017.2025.pdf</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_018.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_018.2025.pdf</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2971/projeto_de_lei_019.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2971/projeto_de_lei_019.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar incremento financeiro temporário à Sociedade Beneficente São Luiz de Mostardas.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_020.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_020.2025.pdf</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_021.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_021.2025.pdf</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3016/projeto_de_lei_022.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3016/projeto_de_lei_022.2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesa do programa abaixo relacionado.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3017/projeto_de_lei_023.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3017/projeto_de_lei_023.2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa do programa abaixo relacionado.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3018/projeto_de_lei_024.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3018/projeto_de_lei_024.2025.pdf</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3019/projeto_de_lei_025.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3019/projeto_de_lei_025.2025.pdf</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3020/projeto_de_lei_026.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3020/projeto_de_lei_026.2025.pdf</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3021/projeto_de_lei_027.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3021/projeto_de_lei_027.2025.pdf</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3022/projeto_de_lei_028.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3022/projeto_de_lei_028.2025.pdf</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3023/projeto_de_lei_029.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3023/projeto_de_lei_029.2025.pdf</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3024/projeto_de_lei_030.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3024/projeto_de_lei_030.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contato por tempo determinado.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3025/projeto_de_lei_031.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3025/projeto_de_lei_031.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  celebrar contrato por tempo determinado.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_032.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_032.2025.pdf</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_033.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_033.2025.pdf</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3028/projeto_de_lei_034.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3028/projeto_de_lei_034.2025.pdf</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3029/projeto_de_lei_035.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3029/projeto_de_lei_035.2025.pdf</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3030/projeto_de_lei_036.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3030/projeto_de_lei_036.2025.pdf</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3031/projeto_de_lei_037.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3031/projeto_de_lei_037.2025.pdf</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3032/projeto_de_lei_038.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3032/projeto_de_lei_038.2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3033/projeto_de_lei_039.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3033/projeto_de_lei_039.2025.pdf</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3034/projeto_de_lei_040.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3034/projeto_de_lei_040.2025.pdf</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_041.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_041.2025.pdf</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3036/projeto_de_lei_042.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3036/projeto_de_lei_042.2025.pdf</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3037/projeto_de_lei_043.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3037/projeto_de_lei_043.2025.pdf</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_044.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_044.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo das Leis Municipais nºs 4920, de 14 de janeiro de 2025 e 4928, de 21 de janeiro de 2025.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3097/projeto_de_lei_045.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3097/projeto_de_lei_045.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4926, de 21 de janeiro de 2025.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3098/projeto_de_lei_046.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3098/projeto_de_lei_046.2025.pdf</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_047.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_047.2025.pdf</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3100/projeto_de_lei_048.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3100/projeto_de_lei_048.2025.pdf</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_049.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_049.2025.pdf</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3102/projeto_de_lei_050.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3102/projeto_de_lei_050.2025.pdf</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3103/projeto_de_lei_051.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3103/projeto_de_lei_051.2025.pdf</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3104/projeto_de_lei_052.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3104/projeto_de_lei_052.2025.pdf</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3105/projeto_de_lei_053.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3105/projeto_de_lei_053.2025.pdf</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_054.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_054.2025.pdf</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_055.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_055.2025.pdf</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_lei_056.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_lei_056.2025.pdf</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_057.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_057.2025.pdf</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_058.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_058.2025.pdf</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_059.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_059.2025.pdf</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3112/projeto_de_lei_060.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3112/projeto_de_lei_060.2025.pdf</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3113/projeto_de_lei_061.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3113/projeto_de_lei_061.2025.pdf</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3114/projeto_de_lei_062.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3114/projeto_de_lei_062.2025.pdf</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3115/projeto_de_lei_063.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3115/projeto_de_lei_063.2025.pdf</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3116/projeto_de_lei_064.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3116/projeto_de_lei_064.2025.pdf</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3117/projeto_de_lei_065.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3117/projeto_de_lei_065.2025.pdf</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3118/projeto_de_lei_066.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3118/projeto_de_lei_066.2025.pdf</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3119/projeto_de_lei_067.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3119/projeto_de_lei_067.2025.pdf</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3144/projeto_de_lei_068.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3144/projeto_de_lei_068.2025.pdf</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_069.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_069.2025.pdf</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3146/projeto_de_lei_070.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3146/projeto_de_lei_070.2025.pdf</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_071.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_071.2025.pdf</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3148/projeto_de_lei_072.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3148/projeto_de_lei_072.2025.pdf</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3181/projeto_de_lei_073.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3181/projeto_de_lei_073.2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesa dos programas abaixo relacionado.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3182/projeto_de_lei_074.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3182/projeto_de_lei_074.2025.pdf</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3183/projeto_de_lei_075.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3183/projeto_de_lei_075.2025.pdf</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3184/projeto_de_lei_076.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3184/projeto_de_lei_076.2025.pdf</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3185/projeto_de_lei_077.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3185/projeto_de_lei_077.2025.pdf</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3186/projeto_de_lei_078.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3186/projeto_de_lei_078.2025.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3187/projeto_de_lei_079.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3187/projeto_de_lei_079.2025.pdf</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3188/projeto_de_lei_080.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3188/projeto_de_lei_080.2025.pdf</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3189/projeto_de_lei_081.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3189/projeto_de_lei_081.2025.pdf</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3190/projeto_de_lei_082.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3190/projeto_de_lei_082.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar incremento financeiro extra à Sociedade Beneficente de São Luiz Mostardas.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3191/projeto_de_lei_083.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3191/projeto_de_lei_083.2025.pdf</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3192/projeto_de_lei_084.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3192/projeto_de_lei_084.2025.pdf</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3194/projeto_de_lei_executivo_085.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3194/projeto_de_lei_executivo_085.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 4340, de 21 de dezembro de 2021.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3195/projeto_de_lei_executivo_086.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3195/projeto_de_lei_executivo_086.2025.pdf</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3196/projeto_de_lei_executivo_087.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3196/projeto_de_lei_executivo_087.2025.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivos na Lei Municipal nº 4115, de 23 de abril de 2020.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3197/projeto_de_lei_executivo_088.25.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3197/projeto_de_lei_executivo_088.25.pdf</t>
   </si>
   <si>
     <t>Concede vale alimentação aos Conselheiros Tutelares e dá outras providências.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3218/projeto_de_lei_089.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3218/projeto_de_lei_089.2025.pdf</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3232/projeto_de_lei_090.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3232/projeto_de_lei_090.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso da área do Parque Menotti Garibaldi (Parcão).</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3244/projeto_de_lei_091.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3244/projeto_de_lei_091.2025.pdf</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3245/projeto_de_lei_092.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3245/projeto_de_lei_092.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso da área da Praça Olegário Cunha.</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_093.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_093.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar incremento financeiro temporário à Sociedade Beneficente São Luiz Mostardas.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3247/projeto_de_lei_094.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3247/projeto_de_lei_094.2025.pdf</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3248/projeto_de_lei_095.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3248/projeto_de_lei_095.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial para a obtenção do equilíbrio financeiro a atuarial.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3249/projeto_de_lei_096.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3249/projeto_de_lei_096.2025.pdf</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3273/projeto_de_lei_executivo_97.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3273/projeto_de_lei_executivo_97.2025.pdf</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3289/projeto_de_lei_098.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3289/projeto_de_lei_098.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3915, de 29 de janeiro de 2025.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3290/projeto_de_lei_099.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3290/projeto_de_lei_099.2025.pdf</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3291/projeto_de_lei_100.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3291/projeto_de_lei_100.2025.pdf</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3307/projeto_de_lei_101.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3307/projeto_de_lei_101.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4578, de 17 de janeiro de 2023.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3308/projeto_de_lei_102.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3308/projeto_de_lei_102.2025.pdf</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3309/projeto_de_lei_103.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3309/projeto_de_lei_103.2025.pdf</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3310/projeto_de_lei_104.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3310/projeto_de_lei_104.2025.pdf</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3311/projeto_de_lei_105.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3311/projeto_de_lei_105.2025.pdf</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3312/projeto_de_lei_106.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3312/projeto_de_lei_106.2025.pdf</t>
   </si>
   <si>
     <t>Institui gratificação por atividade de natureza especial para motoristas e dá outras providências.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3313/projeto_de_lei_107.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3313/projeto_de_lei_107.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3855, de 04 de dezembro de 2018.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3314/projeto_de_lei_108.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3314/projeto_de_lei_108.2025.pdf</t>
   </si>
   <si>
     <t>Institui gratificação especial à Comissão de Processo Seletivo Simplificado.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_109.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_109.2025.pdf</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3340/projeto_de_lei_110.2025_2.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3340/projeto_de_lei_110.2025_2.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso da Parque Menotti Garibaldi (PARCÃO).</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3341/projeto_de_lei_111.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3341/projeto_de_lei_111.2025.pdf</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3342/projeto_de_lei_112.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3342/projeto_de_lei_112.2025.pdf</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3343/projeto_de_lei_113.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3343/projeto_de_lei_113.2025.pdf</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3344/projeto_de_lei_114.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3344/projeto_de_lei_114.2025.pdf</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3371/projeto_de_lei_exevutivo115.2025_urgencia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3371/projeto_de_lei_exevutivo115.2025_urgencia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3372/projeto_de_lei_executivo116.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3372/projeto_de_lei_executivo116.2025.pdf</t>
   </si>
   <si>
     <t>Altera anexos no quadro de cargos de provimento efetivo da Lei Municipal nº 4335 de 07 de dezembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3387/projeto_de_lei_executivo117.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3387/projeto_de_lei_executivo117.2025.pdf</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3388/projeto_de_lei_executivo118.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3388/projeto_de_lei_executivo118.2025.pdf</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3389/projeto_de_lei_executivo119.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3389/projeto_de_lei_executivo119.2025.pdf</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3407/projeto_de_lei_executivo120.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3407/projeto_de_lei_executivo120.2025.pdf</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3423/projeto_de_lei_121.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3423/projeto_de_lei_121.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar contato de rateio para o período 2025/2026 com consórcio público AMLINORTE - CP AMLINORTE e dá outras providências.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3456/projeto_de_lei_122.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3456/projeto_de_lei_122.2025.pdf</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3457/projeto_de_lei_123.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3457/projeto_de_lei_123.2025.pdf</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3458/projeto_de_lei_124.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3458/projeto_de_lei_124.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a captar e receber patrocínios e apoios de pessoas físicas ou jurídicas para eventos e atividades realizadas no município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3459/projeto_de_lei_125.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3459/projeto_de_lei_125.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4593, de 31 de janeiro de 2023.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3460/projeto_de_lei_126.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3460/projeto_de_lei_126.2025.pdf</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3461/projeto_de_lei_exec_127.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3461/projeto_de_lei_exec_127.2025.pdf</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3462/projeto_de_lei_exec._128.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3462/projeto_de_lei_exec._128.2025.pdf</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3480/projeto_de_lei_129.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3480/projeto_de_lei_129.2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Nota Premiada Mostardas 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3482/projeto_de_lei_130.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3482/projeto_de_lei_130.2025.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal Saúde que aproxima e dá outras providências.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3488/projeto_de_lei_131.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3488/projeto_de_lei_131.2025.pdf</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3489/projeto_de_lei_132.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3489/projeto_de_lei_132.2025.pdf</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3490/projeto_de_lei_133.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3490/projeto_de_lei_133.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de uso de bem móvel público e dá outras providências.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3491/projeto_de_lei_134.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3491/projeto_de_lei_134.2025.pdf</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3492/projeto_de_lei_135.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3492/projeto_de_lei_135.2025.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo da Lei Municipal nº 5022, de 15 de abril de 2025.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3498/projeto_de_lei_136.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3498/projeto_de_lei_136.2025.pdf</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3530/projeto_de_lei_exec._137.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3530/projeto_de_lei_exec._137.2025.pdf</t>
   </si>
   <si>
     <t>Inclui Dispositivos na Lei Municipal nº 4593, de 31 de janeiro de 2023.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3568/projero_de_lei_ex_138.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3568/projero_de_lei_ex_138.2025.pdf</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3569/projeto_de_lei_ex_139.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3569/projeto_de_lei_ex_139.2025.pdf</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3570/projeto_de_lei_ex_140.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3570/projeto_de_lei_ex_140.2025.pdf</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3571/projeto_de_lei_ex_141.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3571/projeto_de_lei_ex_141.2025.pdf</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3580/projeto_de_lei_exec._142.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3580/projeto_de_lei_exec._142.2025.pdf</t>
   </si>
   <si>
     <t>Extingue e crie cargos na Lei Municipal nº 4335, de 07 de dezembro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_exec._143.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_exec._143.2025.pdf</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3582/projeto_de_lei_exec._144.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3582/projeto_de_lei_exec._144.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4527, de 22 de novembro de 2022.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_poder_executivo_145.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_poder_executivo_145.2025.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4647 de 06 de junho de 2023.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3594/pl_poder_executivo_146.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3594/pl_poder_executivo_146.2025.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo da Lei Municipal nº 3852, de 13 de novembro de 2018.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3595/pl_poder_executivo_147.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3595/pl_poder_executivo_147.2025.pdf</t>
   </si>
   <si>
     <t>Institui denominação oficial para a edição de 2025 do Campeonato Municipal de Futsal e dá outras providências.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_poder_executivo_148.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_poder_executivo_148.2025.pdf</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3605/projeto_de_lei_executivo149.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3605/projeto_de_lei_executivo149.2025.pdf</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3606/projeto_de_lei_executivo150.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3606/projeto_de_lei_executivo150.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4333, de 07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3607/projeto_de_lei_executivo151.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3607/projeto_de_lei_executivo151.2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º da Lei Municipal nº 4491, de 16 de agosto de 2022.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o artigo 3º da Lei Municipal nº 4734, de 12 dezembro de 2023.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3609/projeto_de_lei_executivo153.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3609/projeto_de_lei_executivo153.2025.pdf</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3610/projeto_de_lei_executivo154.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3610/projeto_de_lei_executivo154.2025.pdf</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3629/projeto_de_lei_executivo_155.2025_ppa.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3629/projeto_de_lei_executivo_155.2025_ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o Quadriênio 2026-2029 e dá outras providências - PPA.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3646/projeto_de_lei_exec._156.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3646/projeto_de_lei_exec._156.2025.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL PARA COBERTURA DE DESPESA DO PROGRAMA ABAIXO RELACIONADO</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3647/projeto_de_lei_exec._157.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3647/projeto_de_lei_exec._157.2025.pdf</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_exec._158.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_exec._158.2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO POR TEMPO DETERMINADO</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_exec._159.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_exec._159.2025.pdf</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_exec._160.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_exec._160.2025.pdf</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3656/projeto_de_lei_exec_161.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3656/projeto_de_lei_exec_161.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4336, DE 07 DE DEZEMBRO DE 2021</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3657/projeto_de_lei_exec_162.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3657/projeto_de_lei_exec_162.2025.pdf</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3666/projeto_de_lei_163.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3666/projeto_de_lei_163.2025.pdf</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3667/pl164_2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3667/pl164_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DIRETOR DE DESENVOLVIMENTO MUNICIPAL -PDDM DO MUNICÍPIO DE MOSTARDAS, QUE ORDENA O TERRITÓRIO E AS POLÍTICAS SETORIAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3684/projeto_de_lei_exec._165.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3684/projeto_de_lei_exec._165.2025.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR PARA COBERTURA DE DESPESA DO PROGRAMA ABAIXO RELACIONADO</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3685/projeto_de_lei_exec._166.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3685/projeto_de_lei_exec._166.2025.pdf</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3686/projeto_de_lei_exec.167.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3686/projeto_de_lei_exec.167.2025.pdf</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3693/projeto_de_lei_168.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3693/projeto_de_lei_168.2025.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no calendário oficial de eventos do Município de Mostardas a "Taça de Sinuca" e dá outras providências.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3694/projeto_de_lei_169.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3694/projeto_de_lei_169.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3514, de 22 de novembro de 2016.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/projeto_de_lei_exec._170.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/projeto_de_lei_exec._170.2025.pdf</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_exec._171.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_exec._171.2025.pdf</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_exec.172.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_exec.172.2025.pdf</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3755/projeto_de_lei_exec.173.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3755/projeto_de_lei_exec.173.2025.pdf</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Otoniel da Silva Araujo</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_exec._174.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_exec._174.2025.pdf</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_exec._175.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_exec._175.2025.pdf</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3784/projeto_de_lei_exec._176.2025_ldo_2026.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3784/projeto_de_lei_exec._176.2025_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2026 - LDO.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_exec._177.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_exec._177.2025.pdf</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_exec.178.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_exec.178.2025.pdf</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_exec_179.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_exec_179.2025.pdf</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3811/projeto_de_lei_exec_180.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3811/projeto_de_lei_exec_180.2025.pdf</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3841/projeto_de_lei_exec._181.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3841/projeto_de_lei_exec._181.2025.pdf</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_exec_182.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_exec_182.2025.pdf</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3868/projeto_de_lei_exec.183.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3868/projeto_de_lei_exec.183.2025.pdf</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3876/projeto_de_lei_exec._184.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3876/projeto_de_lei_exec._184.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de Transporte Público de Passageiros no Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3877/projeto_de_lei_exec._185.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3877/projeto_de_lei_exec._185.2025.pdf</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3878/projeto_de_lei_exec._186.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3878/projeto_de_lei_exec._186.2025.pdf</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3879/projeto_de_lei_exec._187.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3879/projeto_de_lei_exec._187.2025.pdf</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3887/projeto_de_lei__exec._188.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3887/projeto_de_lei__exec._188.2025.pdf</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3893/projeto_de_lei_executivo_189.2025_loa.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3893/projeto_de_lei_executivo_189.2025_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Mostardas para o exercício financeiro de 2026 - LOA.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_exec._190.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_exec._190.2025.pdf</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Moisés Batista Pedone de Souza</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2550/projeto_de_lei_1.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2550/projeto_de_lei_1.2024.pdf</t>
   </si>
   <si>
     <t>Concede Aumento real aos salários dos empregos públicos do Poder Executivo</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2555/projeto_de_lei_exec_002-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2555/projeto_de_lei_exec_002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o calendário de eventos do Município de Mostardas para o Exercício de 2024.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2556/projeto_de_lei_exec_003-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2556/projeto_de_lei_exec_003-2024.pdf</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2557/projeto_de_lei_exec_004-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2557/projeto_de_lei_exec_004-2024.pdf</t>
   </si>
   <si>
     <t>Dá nome à praça localizada no loteamento Jardim dos Coqueiros I.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2558/projeto_de_lei_exec_005-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2558/projeto_de_lei_exec_005-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato por tempo determinado</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2559/projeto_de_lei_exec_006-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2559/projeto_de_lei_exec_006-2024.pdf</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2560/projeto_de_lei_exec_007-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2560/projeto_de_lei_exec_007-2024.pdf</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2561/projeto_de_lei_exec_008-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2561/projeto_de_lei_exec_008-2024.pdf</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2562/projeto_de_lei_exec_009-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2562/projeto_de_lei_exec_009-2024.pdf</t>
   </si>
   <si>
     <t>Altera o perímetro urbano do Município de Mostardas em decorrência da aprovação do loteamento Jardim dos Coqueiros I.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_exec_010-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_exec_010-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento o imposto predial e territorial urbano - IPTU e taxas correlatas, no exercício de 2024.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_lei_exec_011-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_lei_exec_011-2024.pdf</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2570/projeto_de_lei_exec_012-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2570/projeto_de_lei_exec_012-2024.pdf</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_exec_013-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_exec_013-2024.pdf</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2572/projeto_de_lei_exec_014-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2572/projeto_de_lei_exec_014-2024.pdf</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2573/projeto_de_lei_exec_015-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2573/projeto_de_lei_exec_015-2024.pdf</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2574/projeto_de_lei_exec_016-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2574/projeto_de_lei_exec_016-2024.pdf</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_exec_017-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_exec_017-2024.pdf</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2593/projeto_de_lei_exec_018-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2593/projeto_de_lei_exec_018-2024.pdf</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2594/projeto_de_lei_exec_019-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2594/projeto_de_lei_exec_019-2024.pdf</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2595/projeto_de_lei_exec_020-2024_urgencia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2595/projeto_de_lei_exec_020-2024_urgencia.pdf</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2596/projeto_de_lei_exec_021-2024_urgencia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2596/projeto_de_lei_exec_021-2024_urgencia.pdf</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2597/projeto_de_lei_exec_022-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2597/projeto_de_lei_exec_022-2024.pdf</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2618/projeto_de_lei_exec_023-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2618/projeto_de_lei_exec_023-2024.pdf</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2620/projeto_de_lei_exec_024-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2620/projeto_de_lei_exec_024-2024.pdf</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2621/projeto_de_lei_exec_025-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2621/projeto_de_lei_exec_025-2024.pdf</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2622/projeto_de_lei_exec_026-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2622/projeto_de_lei_exec_026-2024.pdf</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2623/projeto_de_lei_exec_027-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2623/projeto_de_lei_exec_027-2024.pdf</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2624/projeto_de_lei_exec_028-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2624/projeto_de_lei_exec_028-2024.pdf</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2625/projeto_de_lei_exec_029.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2625/projeto_de_lei_exec_029.2024.pdf</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2626/projeto_de_lei_exec_030-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2626/projeto_de_lei_exec_030-2024.pdf</t>
   </si>
   <si>
     <t>Altera anexo II constante nas Leis Municipais nºs 2452/2008 e 3056/2012, que estabelece o Código Tributário do Município de Mostardas.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2634/projeto_de_lei_031-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2634/projeto_de_lei_031-2024.pdf</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2643/projeto_de_lei_exec_032-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2643/projeto_de_lei_exec_032-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo de Leis Municipais de contratos por tempo determinado.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2644/projeto_de_lei_exec_033-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2644/projeto_de_lei_exec_033-2024.pdf</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2645/projeto_de_lei_exec_034-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2645/projeto_de_lei_exec_034-2024.pdf</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2646/projeto_de_lei_exec_035-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2646/projeto_de_lei_exec_035-2024.pdf</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2647/projeto_de_lei_exec_036.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2647/projeto_de_lei_exec_036.2024.pdf</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2648/projeto_de_lei_exec_037-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2648/projeto_de_lei_exec_037-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma de amortização do déficit técnico atuarial para obtenção do equilíbrio financeiro e atuarial.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2649/projeto_de_lei_exec_038-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2649/projeto_de_lei_exec_038-2024.pdf</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2650/projeto_de_lei_exec_039-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2650/projeto_de_lei_exec_039-2024.pdf</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2651/projeto_de_lei_exec_040-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2651/projeto_de_lei_exec_040-2024.pdf</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2653/projeto_de_lei_exec_041-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2653/projeto_de_lei_exec_041-2024.pdf</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2659/projeto_de_lei_exec_042-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2659/projeto_de_lei_exec_042-2024.pdf</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2660/projeto_de_lei_exec_043-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2660/projeto_de_lei_exec_043-2024.pdf</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2661/projeto_de_lei_exec_044-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2661/projeto_de_lei_exec_044-2024.pdf</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2662/projeto_de_lei_exec_045-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2662/projeto_de_lei_exec_045-2024.pdf</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2663/projeto_de_lei_exec_046-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2663/projeto_de_lei_exec_046-2024.pdf</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2664/projeto_de_lei_exec_047-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2664/projeto_de_lei_exec_047-2024.pdf</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2665/projeto_de_lei_exec_048-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2665/projeto_de_lei_exec_048-2024.pdf</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2666/projeto_de_lei_exec_049-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2666/projeto_de_lei_exec_049-2024.pdf</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2667/projeto_de_lei_exec_050-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2667/projeto_de_lei_exec_050-2024.pdf</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2668/projeto_de_lei_exec_051-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2668/projeto_de_lei_exec_051-2024.pdf</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2669/projeto_de_lei_exec_052-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2669/projeto_de_lei_exec_052-2024.pdf</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2670/projeto_de_lei_exec_053-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2670/projeto_de_lei_exec_053-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a firmar convênio com o Município de Imbé com o objetivo de cedência de servidor.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2678/projeto_de_lei_exec_054-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2678/projeto_de_lei_exec_054-2024.pdf</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2685/projeto_de_lei_exec_055.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2685/projeto_de_lei_exec_055.2024.pdf</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2686/projeto_de_lei_exec_056.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2686/projeto_de_lei_exec_056.2024.pdf</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2687/projeto_de_lei_exec_057.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2687/projeto_de_lei_exec_057.2024.pdf</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2688/projeto_de_lei_exec_058.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2688/projeto_de_lei_exec_058.2024.pdf</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2689/projeto_de_lei_exec_059.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2689/projeto_de_lei_exec_059.2024.pdf</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2690/projeto_de_lei_exec_060.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2690/projeto_de_lei_exec_060.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a firmar termo de cooperação técnica com a secretaria de estado da agricultura, pecuária, produção sustentável e irrigação.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2694/projeto_de_lei_exec_061-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2694/projeto_de_lei_exec_061-2024.pdf</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2695/projeto_de_lei_exec_062-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2695/projeto_de_lei_exec_062-2024.pdf</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2696/projeto_de_lei_exec__063-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2696/projeto_de_lei_exec__063-2024.pdf</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2697/projeto_de_lei_exec_064-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2697/projeto_de_lei_exec_064-2024.pdf</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2703/projeto_de_lei_exec__065.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2703/projeto_de_lei_exec__065.2024.pdf</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2704/projeto_de_lei_exec_066.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2704/projeto_de_lei_exec_066.2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Estímulo ao Aumento da Arrecadação 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_lei_exec__067.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_lei_exec__067.2024.pdf</t>
   </si>
   <si>
     <t>Altera anexo II constante nas Leis Municipais nºs 2452/2008 e 3056/2012, que estabelece o código tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2713/projeto_de_lei_068-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2713/projeto_de_lei_068-2024.pdf</t>
   </si>
   <si>
     <t>Altera valor total dos artigos 1º e 2º e o total do recurso 1621 - transferências fundo a fundo de recurso do SUS proveniente do Governo Estadual, da Lei Municipal nº 4785 e do Decreto nº 9312, ambos de 30 de janeiro de 2024.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2720/projeto_de_lei_exec_069-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2720/projeto_de_lei_exec_069-2024.pdf</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2721/projeto_de_lei__exec_070-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2721/projeto_de_lei__exec_070-2024.pdf</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2722/projeto_de_lei__exec_071-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2722/projeto_de_lei__exec_071-2024.pdf</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2723/projeto_de_lei_exec_072-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2723/projeto_de_lei_exec_072-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4476, de 26 de julho de 2022, que reestrutura o quadro de empregos públicos no âmbito do município de Mostardas e da outras providências.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2725/projeto_de_lei_exec__073-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2725/projeto_de_lei_exec__073-2024.pdf</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2726/projeto_de_lei_exec_074-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2726/projeto_de_lei_exec_074-2024.pdf</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2727/projeto_de_lei_exec_075-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2727/projeto_de_lei_exec_075-2024.pdf</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2728/projeto_de_lei_exec__076-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2728/projeto_de_lei_exec__076-2024.pdf</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2729/projeto_de_lei_exec_077-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2729/projeto_de_lei_exec_077-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3669, de 24 de outubro de 2017 e dá outra providências.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2736/projeto_de_lei_exec__078-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2736/projeto_de_lei_exec__078-2024.pdf</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2740/projeto_de_lei_exec_079-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2740/projeto_de_lei_exec_079-2024.pdf</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2741/projeto_de_lei_exec__080-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2741/projeto_de_lei_exec__080-2024.pdf</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2749/projeto_de_lei_exec_081-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2749/projeto_de_lei_exec_081-2024.pdf</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2750/projeto_de_lei_exec_082-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2750/projeto_de_lei_exec_082-2024.pdf</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2751/projeto_de_lei_exec_083-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2751/projeto_de_lei_exec_083-2024.pdf</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2752/projeto_de_lei_exec_084-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2752/projeto_de_lei_exec_084-2024.pdf</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2753/projeto_de_lei_exec_085-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2753/projeto_de_lei_exec_085-2024.pdf</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2754/projeto_de_lei_exec_086-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2754/projeto_de_lei_exec_086-2024.pdf</t>
   </si>
   <si>
     <t>Institui gratificação especial de vacinador, vinculado à Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2771/projeto_de_lei_087-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2771/projeto_de_lei_087-2024.pdf</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2772/projeto_de_lei_088-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2772/projeto_de_lei_088-2024.pdf</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2773/projeto_de_lei_089-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2773/projeto_de_lei_089-2024.pdf</t>
   </si>
   <si>
     <t>Cria a RAE - Rede de Apoio às escolas do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2778/projeto_de_lei_exec_090-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2778/projeto_de_lei_exec_090-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4797, de 12 de março de 2024.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2779/projeto_de_lei_exec_091-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2779/projeto_de_lei_exec_091-2024.pdf</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2780/projeto_de_lei_exec_092-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2780/projeto_de_lei_exec_092-2024.pdf</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2781/projeto_de_lei_exec_093-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2781/projeto_de_lei_exec_093-2024.pdf</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2782/projeto_de_lei_exec_094-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2782/projeto_de_lei_exec_094-2024.pdf</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2783/projeto_de_lei_exec_095-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2783/projeto_de_lei_exec_095-2024.pdf</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2784/projeto_de_lei_exec_096-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2784/projeto_de_lei_exec_096-2024.pdf</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2785/projeto_de_lei_exec_097-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2785/projeto_de_lei_exec_097-2024.pdf</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2794/projeto_de_lei_exec_098-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2794/projeto_de_lei_exec_098-2024.pdf</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2801/projeto_lei_exec_099-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2801/projeto_lei_exec_099-2024.pdf</t>
   </si>
   <si>
     <t>Altera ementa, dispositivos, suprime artigos da Lei Municipal nº 4869, de 02 de julho de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2807/projeto_de_lei_exec_100-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2807/projeto_de_lei_exec_100-2024.pdf</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2808/projeto_de_lei_exec_101-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2808/projeto_de_lei_exec_101-2024.pdf</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2819/projeto_de_lei_102.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2819/projeto_de_lei_102.2024.pdf</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2823/projeto_de_lei_exec_103-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2823/projeto_de_lei_exec_103-2024.pdf</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2824/projeto_de_lei_exec_104-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2824/projeto_de_lei_exec_104-2024.pdf</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2825/projeto_de_lei_exec_105-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2825/projeto_de_lei_exec_105-2024.pdf</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2829/projeto_de_lei_106.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2829/projeto_de_lei_106.2024.pdf</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2830/projeto_de_lei_107.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2830/projeto_de_lei_107.2024.pdf</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2835/projeto_de_lei_exec_108-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2835/projeto_de_lei_exec_108-2024.pdf</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2836/projeto_de_lei_exec__109-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2836/projeto_de_lei_exec__109-2024.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesa dos programas baixo relacionados.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2837/projeto_de_lei_exec_110-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2837/projeto_de_lei_exec_110-2024.pdf</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2844/projeto_de_lei_111.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2844/projeto_de_lei_111.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a firmar convênio de Cooperação Mútua Intermunicipal com o Município de Tavares.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2845/projeto_de_lei_112.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2845/projeto_de_lei_112.2024.pdf</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2850/projeto_de_lei_113.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2850/projeto_de_lei_113.2024.pdf</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2851/projeto_de_lei_114.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2851/projeto_de_lei_114.2024.pdf</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2852/projeto_de_lei_115.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2852/projeto_de_lei_115.2024.pdf</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2853/projeto_de_lei_116-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2853/projeto_de_lei_116-2024.pdf</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2860/projeto_de_lei_117-2024_ldo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2860/projeto_de_lei_117-2024_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2025 - LDO 2025.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2865/projeto_de_lei_118.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2865/projeto_de_lei_118.2024.pdf</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2866/projeto_de_lei_119.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2866/projeto_de_lei_119.2024.pdf</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2867/projeto_de_lei_120.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2867/projeto_de_lei_120.2024.pdf</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2868/projeto_de_lei_121.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2868/projeto_de_lei_121.2024.pdf</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2871/projeto_de_lei_122-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2871/projeto_de_lei_122-2024.pdf</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_123-2024__com_nova_redacao.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_123-2024__com_nova_redacao.pdf</t>
   </si>
   <si>
     <t>Altera Anexo II constante nas Leis Municipais nºs 2452/2008 e 3056/2012, que estabelece o código tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2898/projeto_de_lei_124.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2898/projeto_de_lei_124.2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Mostardas para o exercício financeiro de 2025 - LOA</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2899/projeto_de_lei_125.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2899/projeto_de_lei_125.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diferença remuneratória aos servidores que especifica para cumprimento dos pisos de enfermagem, na extensão do quanto disponibilizado pela União ao Município, a título de assistência financeira complementar.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2908/projeto_de_lei_126.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2908/projeto_de_lei_126.2024.pdf</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2911/projeto_de_lei_127.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2911/projeto_de_lei_127.2024.pdf</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2912/projeto_de_lei_128.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2912/projeto_de_lei_128.2024.pdf</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2913/projeto_de_lei_129.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2913/projeto_de_lei_129.2024.pdf</t>
   </si>
   <si>
     <t>Altera o Valor da RM - Referência Municipal.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2921/projeto_de_lei_130-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2921/projeto_de_lei_130-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor de Desenvolvimento Municipal - PDDM do Município de Mostardas, que ordena o território e as políticas setoriais, e da outras providências.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_131.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_131.2024.pdf</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_132.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_132.2024.pdf</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2096/projeto_de_lei_exec._001_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2096/projeto_de_lei_exec._001_2023.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 4360, de 11 de janeiro de 2022.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2097/projeto_de_lei_exec._002_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2097/projeto_de_lei_exec._002_2023.pdf</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2098/projeto_de_lei_exec._003_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2098/projeto_de_lei_exec._003_2023.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 4361, de 11 de janeiro de 2022.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2099/projeto_de_lei_exec._004_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2099/projeto_de_lei_exec._004_2023.pdf</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2100/projeto_de_lei_exec._005_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2100/projeto_de_lei_exec._005_2023.pdf</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2101/projeto_de_lei_exec._006_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2101/projeto_de_lei_exec._006_2023.pdf</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2102/projeto_de_lei_exec._007_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2102/projeto_de_lei_exec._007_2023.pdf</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2103/projeto_de_lei_exec._008_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2103/projeto_de_lei_exec._008_2023.pdf</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2104/projeto_de_lei_exec._009_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2104/projeto_de_lei_exec._009_2023.pdf</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2105/projeto_de_lei_exec._010_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2105/projeto_de_lei_exec._010_2023.pdf</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2106/projeto_de_lei_exec._011_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2106/projeto_de_lei_exec._011_2023.pdf</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2107/projeto_de_lei_exec._012_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2107/projeto_de_lei_exec._012_2023.pdf</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2108/projeto_de_lei_exec._013_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2108/projeto_de_lei_exec._013_2023.pdf</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2109/projeto_de_lei_exec._014_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2109/projeto_de_lei_exec._014_2023.pdf</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2110/projeto_de_lei_exec._015_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2110/projeto_de_lei_exec._015_2023.pdf</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2111/projeto_de_lei_exec._016_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2111/projeto_de_lei_exec._016_2023.pdf</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_exec._017_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_exec._017_2023.pdf</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2113/projeto_de_lei_exec._018_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2113/projeto_de_lei_exec._018_2023.pdf</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2114/projeto_de_lei_exec._019_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2114/projeto_de_lei_exec._019_2023.pdf</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2115/projeto_de_lei_exec._020_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2115/projeto_de_lei_exec._020_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o calendário de eventos do Município de Mostardas para o Exercício de 2023.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2116/projeto_de_lei_exec._021_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2116/projeto_de_lei_exec._021_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2886, de 11 de outubro de 2011.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2117/projeto_de_lei_exec._022_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2117/projeto_de_lei_exec._022_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2063, de 09 de novembro de 2005.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2118/projeto_de_lei_exec._023_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2118/projeto_de_lei_exec._023_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre dação em pagamento de bem imóvel para fins de extinção de crédito tributário inscrito em dívida ativa municipal.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_exec._024_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_exec._024_2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2558, de 07 de julho de 2009.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_lei_exec._025_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_lei_exec._025_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4445, de 14 de junho de 2022.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2121/projeto_de_lei_exec._026_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2121/projeto_de_lei_exec._026_2023.pdf</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2122/projeto_de_lei_exec._027_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2122/projeto_de_lei_exec._027_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza isenção de tarifas rodoviárias no Município de Mostardas.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2131/projeto_de_lei_exec._028_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2131/projeto_de_lei_exec._028_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Poder Legislativo a celebrar contrato por tempo determinado.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2134/projeto_de_lei_exec._029_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2134/projeto_de_lei_exec._029_2023.pdf</t>
   </si>
   <si>
     <t>Concede percentual de revisão geral - artigo 37, X, da Constituição Federal - aos salários dos empregos públicos do Poder Executivo.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2135/projeto_de_lei_exec._030_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2135/projeto_de_lei_exec._030_2023.pdf</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2141/projeto_de_lei_exec._031_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2141/projeto_de_lei_exec._031_2023.pdf</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2142/projeto_de_lei_exec._032_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2142/projeto_de_lei_exec._032_2023.pdf</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2143/projeto_de_lei_exec._033_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2143/projeto_de_lei_exec._033_2023.pdf</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2144/projeto_de_lei_exec._034_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2144/projeto_de_lei_exec._034_2023.pdf</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2145/projeto_de_lei_exec._035_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2145/projeto_de_lei_exec._035_2023.pdf</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2146/projeto_de_lei_exec._036_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2146/projeto_de_lei_exec._036_2023.pdf</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2147/projeto_de_lei_exec._037_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2147/projeto_de_lei_exec._037_2023.pdf</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_exec._038_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_exec._038_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato de prestação de serviços com o Instituto de Assistência à Saúde dos Servidores Públicos do Rio Grande do Sul.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_exec._039_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_exec._039_2023.pdf</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2159/projeto_de_lei_exec._040_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2159/projeto_de_lei_exec._040_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a cedência de uso da quadra Esportiva do Centro Esportivo Municipal Mário da Silva Collares.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_exec._041_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_exec._041_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com o Instituto Federal de Educação, Ciência e Tecnologia Sul-Rio Grandense (IFSUL) e dá outras providências.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_exec._042_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_exec._042_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4535, de 07 de dezembro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2176/projeto_de_lei__no_043-2023_contrato_temporario_motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2176/projeto_de_lei__no_043-2023_contrato_temporario_motorista.pdf</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2177/projeto_de_lei_no_044-2023_contrato_temporario_servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2177/projeto_de_lei_no_044-2023_contrato_temporario_servente_geral.pdf</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2178/projeto_de_lei_no_045-2023_ciclismo_calandario_de_eventos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2178/projeto_de_lei_no_045-2023_ciclismo_calandario_de_eventos.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário de Eventos Oficiais do Município de Mostardas o "Pedala Mostardas" e dá outras providências.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2195/projeto_de_lei_046-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2195/projeto_de_lei_046-2023_.pdf</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_047-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_047-2023_.pdf</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2197/projeto_de_lei_048-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2197/projeto_de_lei_048-2023_.pdf</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2198/projeto_de_lei_049-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2198/projeto_de_lei_049-2023_.pdf</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2199/projeto_de_lei_050-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2199/projeto_de_lei_050-2023_.pdf</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2200/projeto_de_lei_051-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2200/projeto_de_lei_051-2023_.pdf</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2201/projeto_de_lei_052-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2201/projeto_de_lei_052-2023_.pdf</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_lei_053-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_lei_053-2023_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do Imposto Predial e Territorial Urbana - IPTU e Taxas correlatas, no exercício de 2023.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2203/projeto_de_lei_054-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2203/projeto_de_lei_054-2023_.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Estímulo ao aumento da arrecadação 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_055-2023_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_055-2023_.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Mostardense.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2205/projeto_de_lei_exec._056_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2205/projeto_de_lei_exec._056_2023.pdf</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2206/projeto_de_lei_exec._057_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2206/projeto_de_lei_exec._057_2023.pdf</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2207/projeto_de_lei_exec._058_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2207/projeto_de_lei_exec._058_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal no Município de Mostardas - REFIS Municipal 2023.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2208/projeto_de_lei_exec._059_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2208/projeto_de_lei_exec._059_2023.pdf</t>
   </si>
   <si>
     <t>Institui gratificação ao Agente de Contratação, Equipe de Apoio e Comissão de Contratação de que trata a Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2209/projeto_de_lei_exec._060_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2209/projeto_de_lei_exec._060_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4335, de 07 de dezembro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_exec._061_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_exec._061_2023.pdf</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_exc._062_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_exc._062_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FORMA DE AMORTIZAÇÃO DO DÉFICIT ATUARIAL PARA OBTENÇÃO DO EQUILÍBRIO FINANCEIRO E ATUARIAL</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_exc._063_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_exc._063_2023.pdf</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2225/projeto_de_lei_exc._064_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2225/projeto_de_lei_exc._064_2023.pdf</t>
   </si>
   <si>
     <t>DÁ NOME À PRAÇA CENTRAL DA PRAIA DO PAI JOÃO</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2226/projeto_de_lei_exc._065_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2226/projeto_de_lei_exc._065_2023.pdf</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2230/projeto_de_lei_exec._exp._066_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2230/projeto_de_lei_exec._exp._066_2023.pdf</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2234/projeto_de_lei_exec._exp._067_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2234/projeto_de_lei_exec._exp._067_2023.pdf</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2235/projeto_de_lei_exec._exp._068_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2235/projeto_de_lei_exec._exp._068_2023.pdf</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_exec._exp._070_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_exec._exp._070_2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4146, de 28 de julho de 2020.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_exec._exp._071_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_exec._exp._071_2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa do programa abaixo relacionado e inclui no PPA e na LDO o Programa da Educação Especial.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_exec._exp._072_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_exec._exp._072_2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa do programa abaixo relacionado e inclui no PPA e na LDO o Programa PROCAD - SUAS.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_exec._exp._073_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_exec._exp._073_2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2943, de 24 de janeiro de 2012.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_exec._exp._074_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_exec._exp._074_2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2948, de 31 de janeiro de 2012.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2257/projeto_de_lei_exc_075_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2257/projeto_de_lei_exc_075_2023.pdf</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2258/projeto_de_lei_exc_076_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2258/projeto_de_lei_exc_076_2023.pdf</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_exc_077_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_exc_077_2023.pdf</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_exc_078_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_exc_078_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de uso da Área do Parque Menotti Garibaldi (Parcão).</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_exc._079_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_exc._079_2023.pdf</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_no_080-2023_altera_4332.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_no_080-2023_altera_4332.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4332, de 07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_no_081-2023_aumento_real_empregos_publicos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_no_081-2023_aumento_real_empregos_publicos.pdf</t>
   </si>
   <si>
     <t>Concede aumento real aos salários Empregos Públicos do Poder Executivo.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_no_082-2023_credito_suplementar_sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_no_082-2023_credito_suplementar_sme.pdf</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2276/projeto_de_lei_executivo_no_083-2023_contrato_temporario_op_maquina.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2276/projeto_de_lei_executivo_no_083-2023_contrato_temporario_op_maquina.pdf</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2277/projeto_de_lei_executivo_no_084-2023_altera_leis_2452_e_3056.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2277/projeto_de_lei_executivo_no_084-2023_altera_leis_2452_e_3056.pdf</t>
   </si>
   <si>
     <t>Altera Anexo IX constante nas Leis Municipais nºs 2452/2008 e 3056/2012, que estabelece o Código Tributário do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2278/projeto_de_lei_executivo_no_085-2023_contrato_temporario_atendente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2278/projeto_de_lei_executivo_no_085-2023_contrato_temporario_atendente_geral.pdf</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2279/projeto_de_lei_executivo_no_086-2023_altera_lei_4335.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2279/projeto_de_lei_executivo_no_086-2023_altera_lei_4335.pdf</t>
   </si>
   <si>
     <t>Extingue e cria cargos, altera anexos no quadro de Cargos de Provimento Efetivo e quadro de Cargos em Comissão e Funções Gratificadas da Lei Municipal nº 4335, de 07 de dezembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2289/projeto_de_lei_executivo_no_087-2023_plano_de_cultura_municipio_de_mostardas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2289/projeto_de_lei_executivo_no_087-2023_plano_de_cultura_municipio_de_mostardas.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura no âmbito do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei_exec._088_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei_exec._088_2023.pdf</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2300/projeto_de_lei_executivo_no_089-2023_valores_passagens_linhas_municipais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2300/projeto_de_lei_executivo_no_089-2023_valores_passagens_linhas_municipais.pdf</t>
   </si>
   <si>
     <t>Estabelece valores das passagens em linhas municipais de transporte coletivo.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_executivo_no_090-2023_auxilio_financeiro_alunos_rede_municipal_e_estadual.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_executivo_no_090-2023_auxilio_financeiro_alunos_rede_municipal_e_estadual.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder auxílio financeiro a familiares de alunos da rede municipal e estadual de ensino.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2302/projeto_de_lei_executivo_no_091-2023_credito_especial_smostt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2302/projeto_de_lei_executivo_no_091-2023_credito_especial_smostt.pdf</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_executivo__no_092-2023_credito_suplementar_smostt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_executivo__no_092-2023_credito_suplementar_smostt.pdf</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2304/projeto_de_lei_executivo_no_093-2023_credito_especial_sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2304/projeto_de_lei_executivo_no_093-2023_credito_especial_sme.pdf</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_lei_exec._094.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_lei_exec._094.2023.pdf</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_exec._095.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_exec._095.2023.pdf</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2318/projeto_de_lei_exec.096.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2318/projeto_de_lei_exec.096.2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos na Lei Municipal nº 2583, de 14 de setembro de 2009.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei_exec.097.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei_exec.097.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato por empo determinado.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_exec._098.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_exec._098.2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei Municipal nº 4368, de 25 de janeiro de 2022.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2337/projeto_de_lei_exec._099.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2337/projeto_de_lei_exec._099.2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4146, de 28 de julho de 2020.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_exec._100.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_exec._100.2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4333, de 07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2339/projeto_de_lei_exec._101.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2339/projeto_de_lei_exec._101.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrara contrato por tempo determinado.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2340/projeto_de_lei_exec._102.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2340/projeto_de_lei_exec._102.2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos a Lei Municipal nº 2418, de 24 de junho de 2008.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2341/projeto_de_lei_exec._103.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2341/projeto_de_lei_exec._103.2023.pdf</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_exec._104.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_exec._104.2023.pdf</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2358/projeto_de_lei_exec._105.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2358/projeto_de_lei_exec._105.2023.pdf</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_exec._106.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_exec._106.2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 3920, de 29 de janeiro de 2023.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_107.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_107.2023.pdf</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_108.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_108.2023.pdf</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2367/projeto_de_lei_109.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2367/projeto_de_lei_109.2023.pdf</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2368/projeto_de_lei_110.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2368/projeto_de_lei_110.2023.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Municipal nº 4514, 13 de outubro de 2022.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_lei_111.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_lei_111.2023.pdf</t>
   </si>
   <si>
     <t>Extingue escolas municipais de educação infantil.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei_112.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei_112.2023.pdf</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2378/projeto_de_lei_113.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2378/projeto_de_lei_113.2023.pdf</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2379/projeto_de_lei_114.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2379/projeto_de_lei_114.2023.pdf</t>
   </si>
   <si>
     <t>Dá nome ao Beco Situado no KM 233 da RSC 101, na Localidade de São Simão.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2384/projeto_de_lei_exec._115.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2384/projeto_de_lei_exec._115.2023.pdf</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2385/projeto_de_lei_exec._116.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2385/projeto_de_lei_exec._116.2023.pdf</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2386/projeto_de_lei_exec._117.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2386/projeto_de_lei_exec._117.2023.pdf</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2387/projeto_de_lei_exec._118.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2387/projeto_de_lei_exec._118.2023.pdf</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2412/projeto_de_lei_exec._119.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2412/projeto_de_lei_exec._119.2023.pdf</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2439/projeto_de_lei_exec._120.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2439/projeto_de_lei_exec._120.2023.pdf</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_exec._121.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_exec._121.2023.pdf</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_122-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_122-2023.pdf</t>
   </si>
   <si>
     <t>Altera quadro de Cargos em Comissão e Funções Gratificadas da Lei Municipal nº 4335, de 07 de dezembro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_executivo_123-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_executivo_123-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento, no exercício de 2023, de diferença remuneratória aos servidores que específica para o cumprimento dos pisos da enfermagem, na extensão do quanto disponibilizado pela União ao Município, a título de assistência financeira e complementar.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_executivo_124-2023_ldo_2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_executivo_124-2023_ldo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_executivo_125-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_executivo_125-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 3853, de 13 de novembro de 2018, que institui a Política Municipal de Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_executivo_126-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_executivo_126-2023.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para de despesa do programa abaixo relacionado.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2463/projeto_de_lei_exec._127.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2463/projeto_de_lei_exec._127.2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4336, de 07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_exec._128.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_exec._128.2023.pdf</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_129-2023_altera_lei_4335.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_129-2023_altera_lei_4335.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4335, de 07 de dezembro de 2021e dá outras providências.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_130-2023_credito_suplementar_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_130-2023_credito_suplementar_sms.pdf</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2472/projeto_de_lei_exec._131.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2472/projeto_de_lei_exec._131.2023.pdf</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_de_lei_exec._132.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_de_lei_exec._132.2023.pdf</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_de_lei_exec._133.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_de_lei_exec._133.2023.pdf</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_de_lei_exec._134.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_de_lei_exec._134.2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 3037, de 28 de novembro de 2012.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_de_lei_exec._135.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_de_lei_exec._135.2023.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 4º da Lei Municipal nº 2845, de 24 de maio de 2011.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_de_lei_exec._136.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_de_lei_exec._136.2023.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 3º da Lei Municipal nº 4340, de 21 de dezembro de 2021.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_de_lei_exec_137.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_de_lei_exec_137.2023.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º da Lei Municipal nº 3051, de 12 de dezembro de 2012.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_de_lei_exec_138.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_de_lei_exec_138.2023.pdf</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2494/projeto_de_lei_139-2023_credito_especial_smtc.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2494/projeto_de_lei_139-2023_credito_especial_smtc.pdf</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2495/projeto_de_lei_exec._140.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2495/projeto_de_lei_exec._140.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso da área do parque Menotti Garibaldi.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_de_lei_exec._141.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_de_lei_exec._141.2023.pdf</t>
   </si>
   <si>
     <t>Institui Preceitos normativos no âmbito do Município de Mostardas, dispondo sobre a responsabilização administrativa de pessoas jurídicas pela prática de atos contra Administração Pública Municipal.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_de_lei_142.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_de_lei_142.2023.pdf</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_de_lei_143-2023_loa_2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_de_lei_143-2023_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima receita e fixa a despesa do Município de Mostardas para o Exercício Financeiro de 2024 - LOA</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_de_lei_144.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_de_lei_144.2023_exec..pdf</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_de_lei_145.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_de_lei_145.2023.pdf</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2513/projeto_de_lei_exec._146.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2513/projeto_de_lei_exec._146.2023.pdf</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_147.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_147.2023.pdf</t>
   </si>
   <si>
     <t>Cria cargo no Quadro de Cargos em Comissão e Funções Gratificadas da Lei Municipal nº 4335 de 07 de dezembro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_148.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_148.2023.pdf</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_149.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_149.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza outorga de concessão de direito real de uso.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_150.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_150.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alienar bens.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_151.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_151.2023.pdf</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2523/projeto_de_lei_152.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2523/projeto_de_lei_152.2023_exec..pdf</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2524/projeto_de_lei_153.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2524/projeto_de_lei_153.2023_exec..pdf</t>
   </si>
   <si>
     <t>CONCEDE VALE ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2525/projeto_de_lei_154.2023_exec.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2525/projeto_de_lei_154.2023_exec.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DA RM - REFERÊNCIA MUNICIPAL</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2526/projeto_de_lei_155.2023_exec.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2526/projeto_de_lei_155.2023_exec.pdf</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2527/projeto_de_lei_156.2023_exec.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2527/projeto_de_lei_156.2023_exec.pdf</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2528/projeto_de_lei_157.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2528/projeto_de_lei_157.2023_exec..pdf</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_de_lei_158.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_de_lei_158.2023_exec..pdf</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_de_lei_159.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_de_lei_159.2023_exec..pdf</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_de_lei_160.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_de_lei_160.2023_exec..pdf</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_de_lei_161.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_de_lei_161.2023_exec..pdf</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_162.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_162.2023_exec..pdf</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2534/projeto_de_lei_163.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2534/projeto_de_lei_163.2023_exec..pdf</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2535/projeto_de_lei_164.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2535/projeto_de_lei_164.2023_exec..pdf</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_165.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_165.2023_exec..pdf</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2537/projeto_de_lei_166.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2537/projeto_de_lei_166.2023_exec..pdf</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2538/projeto_de_lei_167.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2538/projeto_de_lei_167.2023_exec..pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL - ARTIGO 37, X, DA CONSTITUIÇÃO FEDERAL - AOS VENCIMENTOS DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES, DO PODER EXECUTIVO, CONFORME TABELAS DAS LEIS MUNICIPAIS NºS 4335/2021 E 4336/2021</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2539/projeto_de_lei_168.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2539/projeto_de_lei_168.2023_exec..pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL, NOS TERMOS DO PARÁGRAFO SEGUNDO DO ARTIGO 25 MENCIONADO NO ARTIGO 1º DA LEI MUNICIPAL Nº 3063/2012, AOS CONSELHEIROS TUTELARES</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2540/projeto_de_lei_169.2023_exec..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2540/projeto_de_lei_169.2023_exec..pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL - ARTIGO 37, X DA CONSTITUIÇÃO FEDERAL - AOS SALÁRIOS DOS EMPREGOS PÚBLICOS DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2541/projeto_de_lei_170.2023._exec.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2541/projeto_de_lei_170.2023._exec.pdf</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/projeto_de_lei_001-2022_altera_lei_4334.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/projeto_de_lei_001-2022_altera_lei_4334.pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo da Lei Municipal nº 4334, de  07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_002-2022_contrato_temporario_motorista_de_ambulancia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_002-2022_contrato_temporario_motorista_de_ambulancia.pdf</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_003-2022_contrato_temporario_assistente_social.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_003-2022_contrato_temporario_assistente_social.pdf</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_004-2022_contrato_temporario_monitor.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_004-2022_contrato_temporario_monitor.pdf</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_005-2022_contrato_temporario_atendente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_005-2022_contrato_temporario_atendente_geral.pdf</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1663/projeto_de_lei_006-2022_contrato_temporario_prof._matematica.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1663/projeto_de_lei_006-2022_contrato_temporario_prof._matematica.pdf</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_007-2022_contrato_temporario_prof._ciencias.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_007-2022_contrato_temporario_prof._ciencias.pdf</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_008-2022_contrato_temporario_serv._merendeira.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_008-2022_contrato_temporario_serv._merendeira.pdf</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/projeto_de_lei_009-2022_contrato_temporario_serv._geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/projeto_de_lei_009-2022_contrato_temporario_serv._geral.pdf</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_010-2022_contrato_temporario_prof_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_010-2022_contrato_temporario_prof_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_011-2022_contrato_temporario_prof._educacao_infantil.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_011-2022_contrato_temporario_prof._educacao_infantil.pdf</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_012-2022_reest._comturc.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_012-2022_reest._comturc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Turismo e Cultura do Município – COMTURC.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_013-2022_prorroga_prazo_lei_4185.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_013-2022_prorroga_prazo_lei_4185.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 4185, de 26 de janeiro de 2021.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/projeto_de_lei_014-2022_revoga_leis_2503_3089_3272_3273.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/projeto_de_lei_014-2022_revoga_leis_2503_3089_3272_3273.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2503, de 27 de janeiro de 2009, a Lei Municipal nº 3089, de 29 de janeiro de 2013, a Lei municipal nº 3272, de 25 de novembro de 2014, a Lei Municipal nº 3273, de 25 de novembro de 2014.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/projeto_de_lei_015-2022_contrato_temporario_atendente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/projeto_de_lei_015-2022_contrato_temporario_atendente_geral.pdf</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_016-2022_contrato_temporario_servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_016-2022_contrato_temporario_servente_geral.pdf</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_017-2022_contrato_temporario_motorista_de_onibus.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_017-2022_contrato_temporario_motorista_de_onibus.pdf</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_018-2022_credito_especial_smos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_018-2022_credito_especial_smos.pdf</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_019-2022_altera_lei_2816.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_019-2022_altera_lei_2816.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2817, de 22 de março de 2011.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_020-2022_contrato_temporario_servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_020-2022_contrato_temporario_servente_geral.pdf</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_021-2022_contrato_temporario_servente_de_merendeira.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_021-2022_contrato_temporario_servente_de_merendeira.pdf</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_022-2022_contrato_temporario_prof_ed._infantil.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_022-2022_contrato_temporario_prof_ed._infantil.pdf</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_023-2022_credito_suplementar_smf_e_smos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_023-2022_credito_suplementar_smf_e_smos.pdf</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_024-2022_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_024-2022_credito_especial.pdf</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_025-2022_credito_especial_sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_025-2022_credito_especial_sme.pdf</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_026-2022_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_026-2022_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_027-2022_incremento_financeiro_hospital_sao_luiz.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_027-2022_incremento_financeiro_hospital_sao_luiz.pdf</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_028-2022_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_028-2022_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_029-2022_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_029-2022_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_030-2022_contrato_temporario_-_operario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_030-2022_contrato_temporario_-_operario.pdf</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/projeto_de_lei_031-2022_altera_lei_3669.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/projeto_de_lei_031-2022_altera_lei_3669.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 3669, de 24 de outubro de 2017.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_de_lei_032-2022_credito_suplementar_smt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_de_lei_032-2022_credito_suplementar_smt.pdf</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/projeto_de_lei_033-2022_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/projeto_de_lei_033-2022_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_034-2022_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_034-2022_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_035-2022_credito_suplementar_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_035-2022_credito_suplementar_sma.pdf</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_036-2022_credito_suplementar_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_036-2022_credito_suplementar_sma.pdf</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_037-2022_credito_especial_smas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_037-2022_credito_especial_smas.pdf</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_038-2022_credito_suplementar_smosb.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_038-2022_credito_suplementar_smosb.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial suplementar para cobertura de despesas dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_039-2022_altera_lei_4332.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_039-2022_altera_lei_4332.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4332, de 07 de dezembro de 2021.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_040-2022_altera_lei_4333.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_040-2022_altera_lei_4333.pdf</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_041-2022_contrato_temporario_servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_041-2022_contrato_temporario_servente_geral.pdf</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_042-2022_contrato_temporario_fiscal.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_042-2022_contrato_temporario_fiscal.pdf</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_043-2022_contrato_temporario_op._maq._eq._agricula.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_043-2022_contrato_temporario_op._maq._eq._agricula.pdf</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_044_2022_altera_lei_4336.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_044_2022_altera_lei_4336.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4336, de 07de dezembro de 2021.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_045-2022_contrato_temporario_professor_de_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_045-2022_contrato_temporario_professor_de_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/projeto_de_lei_046-2022_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/projeto_de_lei_046-2022_credito_especial.pdf</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_047-2022_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_047-2022_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_048-2022_credito_suplementar_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_048-2022_credito_suplementar_sms.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/projeto_de_lei_049-2022_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/projeto_de_lei_049-2022_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_lei_050-2022_credito_suplementar_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_lei_050-2022_credito_suplementar_sms.pdf</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/projeto_de_lei_051_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/projeto_de_lei_051_2022.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL PARA COBERTURA DE DESPESA DOS PROGRAMAS ABAIXO RELACIONADOS</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_052_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_052_2022.pdf</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_053_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_053_2022.pdf</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_054_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_054_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE ESTÍMULO AO AUMENTO DA ARRECADAÇÃO 2022 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_055_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_055_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A TURMA VOLANTE MUNICIPAL (TVM) E ESTABELECE GRATIFICAÇÃO ESPECIAL POR EXERCÍCIO DE FUNÇÃO AOS SERVIDORES MUNICIPAIS QUE ATUAM DIRETAMENTE NAS ATIVIDADES DE COMBATE À SONEGAÇÃO DO PROGRAMA DE INTEGRAÇÃO TRIBUTÁRIO DO ESTADO (PIT), FISCALIZANDO MERCADORIAS EM TRÂNSITO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_056_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_056_2022.pdf</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_057_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_057_2022.pdf</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_058_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_058_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4333, DE 07 DE DEZEMBRO DE 2021</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/projeto_de_lei_059_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/projeto_de_lei_059_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FORMA DE AMORTIZAÇÃO DO DÉFICIT TÉCNICO ATUARIAL PARA OBTENÇÃO DO EQUILÍBRIO FINANCEIRO E ATUARIAL</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/projeto_de_lei_060_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/projeto_de_lei_060_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE MOSTARDAS PARA O EXERCÍCIO DE 2022</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_061_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_061_2022.pdf</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/projeto_de_lei_062_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/projeto_de_lei_062_2022.pdf</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_063_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_063_2022.pdf</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_064_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_064_2022.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesas dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_065_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_065_2022.pdf</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_066_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_066_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a permissão de uso da faixa de domínio com área de Jurisdição Municipal no trecho indicado e dá outras providências.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/projeto_de_lei_067_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/projeto_de_lei_067_2022.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Mostardas a contribuição para Custeio da Iluminação Pública (CIP) e dá outras providências.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_068_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_068_2022.pdf</t>
   </si>
   <si>
     <t>Cria cargo e dá outras providências.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei._exec._069_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei._exec._069_2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta e estabelece critérios e procedimentos para avaliação de desempenho dos profissionais do Magistério Público Municipal, para fins de promoção em Classes.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/projeto_de_lei._exec._070_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/projeto_de_lei._exec._070_2022.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2858, de 27 de junho de 2011.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei._exec._071_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei._exec._071_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de áreas de expansão urbana.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei._exec._072_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei._exec._072_2022.pdf</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_exec._073_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_exec._073_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 3519, de 14 de dezembro de 2016, revoga Lei e dá outras providências.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/projeto_de_lei_exec_074_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/projeto_de_lei_exec_074_2022.pdf</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_lei_exec_075_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_lei_exec_075_2022.pdf</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/projeto_de_lei_exec_076_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/projeto_de_lei_exec_076_2022.pdf</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_exec_077_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_exec_077_2022.pdf</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/projeto_de_lei_exec_078_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/projeto_de_lei_exec_078_2022.pdf</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_exec_079_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_exec_079_2022.pdf</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_exec_080_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_exec_080_2022.pdf</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_exec_081_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_exec_081_2022.pdf</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/projeto_de_lei_exec._082_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/projeto_de_lei_exec._082_2022.pdf</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/projeto_de_lei_exec._083_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/projeto_de_lei_exec._083_2022.pdf</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/projeto_de_lei_exec._084_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/projeto_de_lei_exec._084_2022.pdf</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_085-2022_contrato_temporario_prof_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_085-2022_contrato_temporario_prof_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_de_lei_086-2022_contrato_temporario_serv._geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_de_lei_086-2022_contrato_temporario_serv._geral.pdf</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_087-2022_credito_suplementar_smott.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_087-2022_credito_suplementar_smott.pdf</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_088-2022_altera_3103.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_088-2022_altera_3103.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei Municipal nº 3103, de 19 de março de 2013 e revoga Lei Municipal.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_089-2022_define_atividades_insalubres.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_089-2022_define_atividades_insalubres.pdf</t>
   </si>
   <si>
     <t>Define as atividades insalubres e perigosas para efeitos de percepção do adicional correspondente.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/projeto_de_lei_090-2022_altera_lei_3915.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/projeto_de_lei_090-2022_altera_lei_3915.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei Municipal nº 3915, de 29 de janeiro de 2019.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_091-2022_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_091-2022_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_092-2022_credito_especial_e_suplemementar_smt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_092-2022_credito_especial_e_suplemementar_smt.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial e suplementar para cobertura de despesa do programa abaixo relacionado.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_093-2022_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_093-2022_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_094-2022_credito_especial_sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_094-2022_credito_especial_sme.pdf</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/projeto_de_lei_095-2022_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/projeto_de_lei_095-2022_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_096-2022_credito_suplementar_sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_096-2022_credito_suplementar_sme.pdf</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_097-2022_credito_suplementar_sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_097-2022_credito_suplementar_sme.pdf</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_098-2022_contrato_temporario_motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_098-2022_contrato_temporario_motorista.pdf</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_099-2022_altera_lei_2328.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_099-2022_altera_lei_2328.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2328, de 25 de setembro de 2007.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/projeto_de_lei_100-2022_altera_lei_3259.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/projeto_de_lei_100-2022_altera_lei_3259.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 3259, de 19 de agosto de 2014.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/projeto_de_lei_101-2022_cria_gratificacao.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/projeto_de_lei_101-2022_cria_gratificacao.pdf</t>
   </si>
   <si>
     <t>Cria gratificação de Regime de Dedicação Exclusiva.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_102-2022_credito_especial_smostt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_102-2022_credito_especial_smostt.pdf</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_103-2022_altera_lei_4344_2857_e_4011.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_103-2022_altera_lei_4344_2857_e_4011.pdf</t>
   </si>
   <si>
     <t>Altera tabela integrante da Lei Municipal nº 4344, de 21/12/2021, com reflexos na Lei Municipal nº 2857, de 27/06/2011 e na Lei nº 4011, de 15/10/2019.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_104-2022_contrato_temporario_fiscal.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_104-2022_contrato_temporario_fiscal.pdf</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/projeto_de_lei_105-2022_cria_cargo_ass_adm_procuradoria.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/projeto_de_lei_105-2022_cria_cargo_ass_adm_procuradoria.pdf</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/projeto_de_lei_106-2022_credito_cef.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/projeto_de_lei_106-2022_credito_cef.pdf</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_107-2022_cria_programa_prevencao_e_combate_mosquito_aedes_aegypti.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_107-2022_cria_programa_prevencao_e_combate_mosquito_aedes_aegypti.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Prevenção e Combate ao Mosquito AEDES AEGYPTI, transmissor da Dengue, Zika Vírus e Chikungunya e outras providências.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_108-2022_contrato_temporario_motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_108-2022_contrato_temporario_motorista.pdf</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1902/projeto_de_lei_109-2022_contrato_temporario_atendente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1902/projeto_de_lei_109-2022_contrato_temporario_atendente_geral.pdf</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1907/projeto_de_lei_110-2022_contrato_temporario_prof._ciencias.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1907/projeto_de_lei_110-2022_contrato_temporario_prof._ciencias.pdf</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_de_lei_111-2022_cargo_ag._adm_procuradoria.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_de_lei_111-2022_cargo_ag._adm_procuradoria.pdf</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_de_lei_112-2022_alteral_lei_4255.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_de_lei_112-2022_alteral_lei_4255.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4255, de 08 de junho de 2021.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_de_lei_113-2022_comunidade_tradicional_pescadores.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_de_lei_113-2022_comunidade_tradicional_pescadores.pdf</t>
   </si>
   <si>
     <t>Reconhece como Comunidade Tradicional a Comunidade de Pescadores Artesanais Filiados a Colônia  de Pescadores Z-11, residentes no Município de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_lei_114-2022_altera_lei_2999.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_lei_114-2022_altera_lei_2999.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2999, de 05 de junho de 2012.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_115-2022_da_nome_estradas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_115-2022_da_nome_estradas.pdf</t>
   </si>
   <si>
     <t>Dá nome a estradas municipais.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_de_lei_116-2022_altera_lei_2063.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_de_lei_116-2022_altera_lei_2063.pdf</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_117-2022_regulamenta_construcoes.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_117-2022_regulamenta_construcoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização das construções no Município de Mostardas, nos casos em que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_118_-022_concessao_guilherme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_118_-022_concessao_guilherme.pdf</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1929/projeto_de_lei_exp_119_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1929/projeto_de_lei_exp_119_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dação em pagamento de bem imóvel para fins de extinção de crédito tributário inscrito em dívida ativa municipal.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_exp._120_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_exp._120_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar  contrato por tempo determinado.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_exp._121_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_exp._121_2022.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa do programa abaixo relacionado</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_exp._122_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_exp._122_2022.pdf</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1944/projeto_de_lei_123-2022_concessao_loja_maconica.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1944/projeto_de_lei_123-2022_concessao_loja_maconica.pdf</t>
   </si>
   <si>
     <t>Autoriza outorga de concessão real de uso.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1945/projeto_de_lei_124-2022_reestrutura_quadro_emprego_publico.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1945/projeto_de_lei_124-2022_reestrutura_quadro_emprego_publico.pdf</t>
   </si>
   <si>
     <t>Reestrutura o quadro de empregos públicos no âmbito do Município de Mostardas.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1946/projeto_de_lei_125-2022_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1946/projeto_de_lei_125-2022_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1959/projeto_de_lei_126-2022_contrato_temporario_motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1959/projeto_de_lei_126-2022_contrato_temporario_motorista.pdf</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_de_lei_127-2022_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_de_lei_127-2022_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1961/projeto_de_lei_128-2022_smade.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1961/projeto_de_lei_128-2022_smade.pdf</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1962/projeto_de_lei_129-2022_horario_farmacias_da_sede.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1962/projeto_de_lei_129-2022_horario_farmacias_da_sede.pdf</t>
   </si>
   <si>
     <t>Disciplina o horário de atendimento das farmácias da Sede do Município de Mostardas nos domingos e feriados.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_exec_130_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_exec_130_2022.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4311, de 19 de outubro de 2021.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_exec_131_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_exec_131_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza outorga de concessão de direito real de uso e revoga a Lei Municipal nº 4312, de 19 de outubro de 2021.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_exec._132_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_exec._132_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza outorga de concessão de direito real de uso e revoga a Lei Municipal nº 4314, de 19 de outubro de 2021.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_exec._133_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_exec._133_2022.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4468, de 12 de junho de 2022.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1974/projeto_de_lei_134-2022_credito_suplementar_secretarias.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1974/projeto_de_lei_134-2022_credito_suplementar_secretarias.pdf</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_de_lei_135_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_de_lei_135_2022.pdf</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_de_lei_136-2022_termo_aditivo_amlinorte_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_de_lei_136-2022_termo_aditivo_amlinorte_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar termo aditivo ao contrato de rateio com o Consórcio Público da Associação dos Municípios do Litoral Norte - CP AMLINORTE.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_de_lei_137-2022_termo_aditivo_amlinorte_2018_a_2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_de_lei_137-2022_termo_aditivo_amlinorte_2018_a_2021.pdf</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_de_lei_138-2022_termo_aditivo_amlinorte_2022_a_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_de_lei_138-2022_termo_aditivo_amlinorte_2022_a_2023.pdf</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_139-2022_altera_lei_4336.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_139-2022_altera_lei_4336.pdf</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1984/projeto_de_lei_140-2022_credito_especial_smas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1984/projeto_de_lei_140-2022_credito_especial_smas.pdf</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei__141-2022_altera_lei_4332.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei__141-2022_altera_lei_4332.pdf</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_de_lei_142-2022_altera_lei_4333.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_de_lei_142-2022_altera_lei_4333.pdf</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_de_lei_143-2022_credito_suplementar_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_de_lei_143-2022_credito_suplementar_sms.pdf</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_144-2022_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_144-2022_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_145-2022_rateio_de_honorarios.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_145-2022_rateio_de_honorarios.pdf</t>
   </si>
   <si>
     <t>Regulamenta o rateio dos honorários de sucumbência nos termos do artigo 85, § 19 da Lei Federal nº 8.906/94.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_146-2022_credito_suplementar_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_146-2022_credito_suplementar_sms.pdf</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_147-2022_credito_especial_smas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_147-2022_credito_especial_smas.pdf</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_148-2022_credito_especial_smade.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_148-2022_credito_especial_smade.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesas dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_149-2022_ldo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_149-2022_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2023 - LDO.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_150-2022_contrato_temporario_atendente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_150-2022_contrato_temporario_atendente_geral.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato temporário por tempo determinado.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2011/projeto_de_lei_151-2022_contrato_temporario_operario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2011/projeto_de_lei_151-2022_contrato_temporario_operario.pdf</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_exec._152_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_exec._152_2022.pdf</t>
   </si>
   <si>
     <t>Institui gratificação especial de serviço a ser paga a Técnico em Contabilidade Titular de cargo de provimento efetivo do Poder Executivo, designado para a Escrituração Fiscal Digital e outras Informações Contábeis (EFD-REINF) do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_exec._153_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_exec._153_2022.pdf</t>
   </si>
   <si>
     <t>Institui gratificação especial de serviço a ser paga a servidor lotado na Secretaria Municipal de Educação Responsável pelo SIOPE do Município.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2020/projeto_de_lei_exec._154_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2020/projeto_de_lei_exec._154_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.016, de 22 de outubro de 2019.</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_exec._155_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_exec._155_2022.pdf</t>
   </si>
   <si>
     <t>Cria cargo no quadro de Cargos em Comissão e Funções Gratificadas da Lei Municipal nº 4335, de 07 de dezembro de 2021 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2024/projeto_de_lei_exec._156_2022_.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2024/projeto_de_lei_exec._156_2022_.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4508, de 27 de setembro de 2022.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_exec._157_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_exec._157_2022.pdf</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_exec._158_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_exec._158_2022.pdf</t>
   </si>
   <si>
     <t>Cria o "Passe Livre" no Sistema de Transporte Coletivo de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei._exec_159_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei._exec_159_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2596, de 15 de outubro de 2009.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei._exec_160_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei._exec_160_2022.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_exec._161_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_exec._161_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece a forma de cadastramento de imóveis irregulares objeto de posse para fins de cobrança de IPTU e/ou Taxa e dá outras providências.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_exec._162_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_exec._162_2022.pdf</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_exe._163_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_exe._163_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4405 de 29 de março de 2022.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2054/projeto_de_lei_exec._164_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2054/projeto_de_lei_exec._164_2022.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Mostardas para o Exercício Financeiro de 2023 - LOA.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2055/projeto_de_lei_exec._165_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2055/projeto_de_lei_exec._165_2022.pdf</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2056/projeto_de_lei._exec._166_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2056/projeto_de_lei._exec._166_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reformular o Conselho Municipal de Desenvolvimento Urbano.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2057/projeto_de_lei_exec._167_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2057/projeto_de_lei_exec._167_2022.pdf</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2065/projeto_de_lei_exec._168_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2065/projeto_de_lei_exec._168_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reconhecer e parcelar a existência de dívida junto à CEEE Grupo Equatorial Energia.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2066/projeto_de_lei_exec._169_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2066/projeto_de_lei_exec._169_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4198, de 26 de janeiro de 2021.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2067/projeto_de_lei_exec._170_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2067/projeto_de_lei_exec._170_2022.pdf</t>
   </si>
   <si>
     <t>Altera o valor da RM - Referência Municipal.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2068/projeto_de_lei_exec._171_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2068/projeto_de_lei_exec._171_2022.pdf</t>
   </si>
   <si>
     <t>Altera o anexo IX da Lei Municipal nº 3056, de 27 de dezembro de 2012, alterada pela Lei Municipal nº 3531, de 27 de dezembro de 2016.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2069/projeto_de_lei_exec._172_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2069/projeto_de_lei_exec._172_2022.pdf</t>
   </si>
   <si>
     <t>Concede percentual de revisão geral - artigo 37, X, da Constituição Federal - aos vencimentos dos servidores, dos proventos dos aposentados e das pensões, do Poder Executivo.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2070/projeto_de_lei_exec._173_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2070/projeto_de_lei_exec._173_2022.pdf</t>
   </si>
   <si>
     <t>Concede percentual de Revisão Geral, nos termos do parágrafo segundo do artigo 25 mencionado no artigo 1º da Lei Municipal nº 3063/2012, aos Conselheiros Tutelares.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_exec._174_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_exec._174_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos das Leis Municipais n.ºs 4456, 2257, 2258, 2886, 2852, 3103, 2256.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_exec._175_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_exec._175_2022.pdf</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_exec_176_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_exec_176_2022.pdf</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_001-2021_concessao_uso_bem_publico.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_001-2021_concessao_uso_bem_publico.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder o uso de de bem público e dá outras providências.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_002-2021_revoga_a_lei_4110.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_002-2021_revoga_a_lei_4110.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4110, de 14 de abril de 2020.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_003-2021_calamidade_publica.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_003-2021_calamidade_publica.pdf</t>
   </si>
   <si>
     <t>Reconhece a calamidade pública no Município de Mostardas e dispõe sobre a contratação temporária de pessoal e dá outras providências.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1253/projeto_de_lei_004-2021_altera_denominacao_chefia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1253/projeto_de_lei_004-2021_altera_denominacao_chefia.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de órgão de administração geral, constante na Lei Municipal nº 1472, de 28 de novembro de 2000.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1254/projeto_de_lei_005-2021_altera_anexos_ii-1_e_ii-58_chefe_de_gabinete_e_assessor_da_chefia_de_gabinete.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1254/projeto_de_lei_005-2021_altera_anexos_ii-1_e_ii-58_chefe_de_gabinete_e_assessor_da_chefia_de_gabinete.pdf</t>
   </si>
   <si>
     <t>Efetua alteração nos anexos II-1 e II-58 da Lei Municipal nº 2158, de 23 de maio de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_de_lei_006-2021__credito_especial-cg.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_de_lei_006-2021__credito_especial-cg.pdf</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_de_lei_007-2021_prorroga_prazo_da_lei_4062.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_de_lei_007-2021_prorroga_prazo_da_lei_4062.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 4062, de 21 de janeiro de 2020.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_de_lei_008-2021_prorroga_prazo_da_lei_4061.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_de_lei_008-2021_prorroga_prazo_da_lei_4061.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 406, de 21 de janeiro de 2020.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_009-2021_prorroga_prazo_da_lei_4059.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_009-2021_prorroga_prazo_da_lei_4059.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 4059, de 21 de janeiro de 2020.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_de_lei_010-2021_revoga_a_lei_3265.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_de_lei_010-2021_revoga_a_lei_3265.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 3265, de 30 de setembro de 2014.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_011-2021_contrato_temporario-professor_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_011-2021_contrato_temporario-professor_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_012-2021_contrato_temporario-professor_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_012-2021_contrato_temporario-professor_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_013-2021_contrato_temporario-professor_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_013-2021_contrato_temporario-professor_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_014-2021_contrato_temporario-professor_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_014-2021_contrato_temporario-professor_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_015-2021_contrato_temporario-professor_educacao_infantil.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_015-2021_contrato_temporario-professor_educacao_infantil.pdf</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_016-2021_contrato_temporario-professor_educacao_fisica.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_016-2021_contrato_temporario-professor_educacao_fisica.pdf</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_017-2021_contrato_temporario-servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_017-2021_contrato_temporario-servente_geral.pdf</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_018-2021_contrato_temporario-professor_ciencias.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_018-2021_contrato_temporario-professor_ciencias.pdf</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_019-2021_contrato_temporario-professor_ciencias.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_019-2021_contrato_temporario-professor_ciencias.pdf</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_020-2021_contrato_temporario-servente_merendeira.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_020-2021_contrato_temporario-servente_merendeira.pdf</t>
   </si>
   <si>
     <t>Autoriza o Pode Executivo a celebrar contrato por tempo determinado.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_021-2021_contrato_temporario-atendente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_021-2021_contrato_temporario-atendente_geral.pdf</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_022-2021_altera_leis_4175_e_4177.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_022-2021_altera_leis_4175_e_4177.pdf</t>
   </si>
   <si>
     <t>Altera § 2º do Artigo 3º das Leis Municipais nºs 4175 e 4177, de  29 de dezembro de 2020.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_023-2021_isencao_mei.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_023-2021_isencao_mei.pdf</t>
   </si>
   <si>
     <t>Altera o anexo VII do artigo 66 da Leo Municipal nº 2452, de 10 de dezembro de 2008, que institui o Código Tributário do Município.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_024-2021_estimulo_arrecadacao_2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_024-2021_estimulo_arrecadacao_2021.pdf</t>
   </si>
   <si>
     <t>Institui programa de estímulo ao aumento da arrecadação 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_025-2021_altera_lei_2452-taxa_coleta_lixo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_025-2021_altera_lei_2452-taxa_coleta_lixo.pdf</t>
   </si>
   <si>
     <t>Altera o anexo III do artigo 59 da Lei Municipal nº 2452, de 10 de dezembro de 2008, que institui o código tributário do município.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei_026-2021_refis_2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei_026-2021_refis_2021.pdf</t>
   </si>
   <si>
     <t>Institui o programa de recuperação fiscal no Município de Mostardas - REFIS Municipal 2021.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_027-2021_altera_lei_3519.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_027-2021_altera_lei_3519.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 4º da Lei Municipal nº 3519, de 14 de dezembro de 2016.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1279/projeto_de_lei_028-2021_contrato_temporario_motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1279/projeto_de_lei_028-2021_contrato_temporario_motorista.pdf</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>Abre crédito suplementar e especial para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1294/projeto_de_lei_030-2021_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1294/projeto_de_lei_030-2021_credito_especial.pdf</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1295/projeto_de_lei_031-2021_contrato_temporario_-_op._maq._eq._rodoviario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1295/projeto_de_lei_031-2021_contrato_temporario_-_op._maq._eq._rodoviario.pdf</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1296/projeto_de_lei_032-2021_mecanico_de_veiculos_pesados.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1296/projeto_de_lei_032-2021_mecanico_de_veiculos_pesados.pdf</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_033-2021_revoga_lei_2759.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_033-2021_revoga_lei_2759.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2759, de 28 de dezembro de 2010.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_034-2021_contrato_temporario-motorista_onibus.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_034-2021_contrato_temporario-motorista_onibus.pdf</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_035-2021_credito_especial-conselho_tutelar_1.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_035-2021_credito_especial-conselho_tutelar_1.pdf</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1329/projeto_de_lei_036-2021_credito_especial-smostt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1329/projeto_de_lei_036-2021_credito_especial-smostt.pdf</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1330/projeto_de_lei_037-2021_acoes_ceee.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1330/projeto_de_lei_037-2021_acoes_ceee.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder com a venda de ações na Bolsa de Valores e dá outras providências.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1331/projeto_de_lei_038-2021_compra_vacinas-famurs.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1331/projeto_de_lei_038-2021_compra_vacinas-famurs.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de vacinas para o enfrentamento da pandemia da COVID-19.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_039-2021_protocolo_intencoes_vacinas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_039-2021_protocolo_intencoes_vacinas.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios Brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus, medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_040-2021_prorroga_pgto_iptu.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_040-2021_prorroga_pgto_iptu.pdf</t>
   </si>
   <si>
     <t>Prorroga data de pagamento do Imposto Predial e Territorial Urbano e do Imposto sobre serviços de qualquer natureza, no exercício de 2021.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_041_reestrutura_fundeb_2.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_041_reestrutura_fundeb_2.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais de Educação - CACS FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1336/pl_042.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1336/pl_042.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal 3822, de 04 de setembro de 2018.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1337/pl_043.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1337/pl_043.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar Operação de Crédito de financiamento à Infraestrutura e ao Saneamento - FINISA com a Caixa Econômica Federal e da outras providências.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_044-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_044-2021.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa dos programa abaixo relacionados.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_045-2021_contrato_temporario_tec._enfermagem.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_045-2021_contrato_temporario_tec._enfermagem.pdf</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_046-2021_altera_lei_2582.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_046-2021_altera_lei_2582.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 149, revoga os parágrafos 2º, 3º e 4º do artigo 149, acrescenta o artigo 149-A e parágrafos 1º e 2º, acrescenta o artigo 149-B e parágrafos 1º e 2º, e acrescenta artigo 149-C, 149-D, 149-E e inciso I, 149-F à Lei Municipal nº 2852, de 10 de setembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_047-2021_credito_especial_camara.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_047-2021_credito_especial_camara.pdf</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_048-2021_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_048-2021_credito_especial.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa dos programas abaixo relacionadas.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_049-2021_convenio_osorio.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_049-2021_convenio_osorio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a firmar convênio com o Município de Osório com o objetivo de cedência de servidor.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_050-2021_altera_lei_1550.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_050-2021_altera_lei_1550.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo da Lei Municipal nº 1550, 30 de outubro de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_051-2021_altera_4146.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_051-2021_altera_4146.pdf</t>
   </si>
   <si>
     <t>Altera e suprime dispositivos da Lei Municipal nº 4146, de 28 de julho de 2020.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_052-2021_contrato_temporario_op._de_maq._e_eq._agricola_2.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_052-2021_contrato_temporario_op._de_maq._e_eq._agricola_2.pdf</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_053-2021_termo_cessao_hospital_sao_luiz.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_053-2021_termo_cessao_hospital_sao_luiz.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assinar termo de cessão de espaço com a Sociedade Beneficente São Luiz Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_054-2021_altera_3603.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_054-2021_altera_3603.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo 1º do artigo 1º da Lei Municipal nº 3603, de 21 de março de 2017.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_055-2021_prorroga_prazo_certidao_hospital.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_055-2021_prorroga_prazo_certidao_hospital.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder prorrogação de prazo para apresentação das certidões negativas da Sociedade Beneficente São Luiz de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_056-2021_contrato_temporario_prof._matematica.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_056-2021_contrato_temporario_prof._matematica.pdf</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_057-2021_contrato_temporario_prof._series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_057-2021_contrato_temporario_prof._series_iniciais.pdf</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_058-2021_contrato_temporario_-_fiscal.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_058-2021_contrato_temporario_-_fiscal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato por tempo temporário.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_059-2021_alienar_titulos_de_divida_agraria.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_059-2021_alienar_titulos_de_divida_agraria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alienar títulos de dívida agrária - TDA, de propriedade de Município de Mostardas, custodiados no Banco do Brasil S.A. e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_060-2021_credito_suplementar_e_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_060-2021_credito_suplementar_e_especial.pdf</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_061-2021_contrato_temporario_-_motorista_de_onibus.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_061-2021_contrato_temporario_-_motorista_de_onibus.pdf</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_062-2021_contrato_temporario_-_serv._merendeira.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_062-2021_contrato_temporario_-_serv._merendeira.pdf</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/projeto_de_lei_063-2021_suprime_artigo_1550.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/projeto_de_lei_063-2021_suprime_artigo_1550.pdf</t>
   </si>
   <si>
     <t>Suprime dispositivo da Lei Municipal nº 1550, de 30 de outubro de 2001.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/projeto_de_lei_064-2021_contrato_temporario_-_professor_de_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/projeto_de_lei_064-2021_contrato_temporario_-_professor_de_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/projeto_de_lei_065-2021_contrato_temporario_-_professor_de_series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/projeto_de_lei_065-2021_contrato_temporario_-_professor_de_series_iniciais.pdf</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_066-2021_contrato_temporario_advogado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_066-2021_contrato_temporario_advogado.pdf</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_067-2021_altera_1550.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_067-2021_altera_1550.pdf</t>
   </si>
   <si>
     <t>Inclui e altera dispositivo na Lei Municipal nº 1550, de 30 de outubro de 2001 e dá outras providências.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/projeto_de_lei_068-2021_contrato_temporario_-_professor_de_educacao_infantil.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/projeto_de_lei_068-2021_contrato_temporario_-_professor_de_educacao_infantil.pdf</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_069-2021_isenta_taxa_de_isencao_concurso_publico.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_069-2021_isenta_taxa_de_isencao_concurso_publico.pdf</t>
   </si>
   <si>
     <t>Isenta os candidatos do pagamento  da taxa de inscrição em concurso público para provimento de cargo efetivo do Poder Executivo.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_070-2021_impacto_de_vizinhanca.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_070-2021_impacto_de_vizinhanca.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do Estudo de Impacto de Vizinhança - EIV em Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_071-2021_contrato_temporario_-servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_071-2021_contrato_temporario_-servente_geral.pdf</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_072-2021_contrato_temporario_-_servente_merendeira.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_072-2021_contrato_temporario_-_servente_merendeira.pdf</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_073-2021_contrato_temporario_-_fiscal.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_073-2021_contrato_temporario_-_fiscal.pdf</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_074-2021_revoga_lei_4206.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_074-2021_revoga_lei_4206.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 4206, de 04 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_075-2021_contrato_temporario_-_fiscal.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_075-2021_contrato_temporario_-_fiscal.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_076-2021_contrato_temporario_-_servente_merendeira.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_076-2021_contrato_temporario_-_servente_merendeira.pdf</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/projeto_de_lei_077-2021_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/projeto_de_lei_077-2021_credito_especial.pdf</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/projeto_de_lei_078-2021_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/projeto_de_lei_078-2021_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_079-2021_credito_especial_e_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_079-2021_credito_especial_e_suplementar.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial e suplementar para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_080-2021_termo_de_cooperacao_sec._agric..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_080-2021_termo_de_cooperacao_sec._agric..pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a firmar termo de Cooperação Técnica com a Secretaria da Agricultura, Pecuária e Desenvolvimento Rural.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_081-2021_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_081-2021_credito_especial.pdf</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_082-2021_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_082-2021_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_083-2021_credito_suplementar_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_083-2021_credito_suplementar_sms.pdf</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_084-2021_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_084-2021_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_085-2021_altera_lei_4225.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_085-2021_altera_lei_4225.pdf</t>
   </si>
   <si>
     <t>Alteram os artigos 1º e 2º da Lei Municipal nº 4225, de 06 de abril de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_086-_2021_credito_suplememntar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_086-_2021_credito_suplememntar.pdf</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_087-2021_uniforme_escolar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_087-2021_uniforme_escolar.pdf</t>
   </si>
   <si>
     <t>Institui o uso do Uniforme Escolar padronizado pelos alunos da Rede de Ensino Municipal.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei_088-2021_plano_plurianual_ppa_2022_2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei_088-2021_plano_plurianual_ppa_2022_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o Quadriênio 2022-2025 e dá outras providências.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1471/projeto_de_lei_089-2021_contrato_temporario_-_psicologo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1471/projeto_de_lei_089-2021_contrato_temporario_-_psicologo.pdf</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_090-2021_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_090-2021_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/ple91.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/ple91.pdf</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/ple92.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/ple92.pdf</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_093-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_093-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR INCREMENTO FINANCEIRO TEMPORÁRIO À SOCIEDADE BENEFICENTE SÃO LUIZ DE MOSTARDAS</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_094-2021_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_094-2021_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_095-2021_credito_especial_smtc.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_095-2021_credito_especial_smtc.pdf</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/projeto_de_lei_096-2021_revoga_lei_3370.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/projeto_de_lei_096-2021_revoga_lei_3370.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 3370, de 30 de junho de 2015.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_097-2021_contrato_temporario_prof._series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_097-2021_contrato_temporario_prof._series_iniciais.pdf</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_098-2021_contrato_temporario_-_prof._series_iniciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_098-2021_contrato_temporario_-_prof._series_iniciais.pdf</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/projeto_de_lei_099-2021_contrato_temporario_monitor.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/projeto_de_lei_099-2021_contrato_temporario_monitor.pdf</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_100-2021_credito_especial_smos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_100-2021_credito_especial_smos.pdf</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_101-2021_credito_especial_sma.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_101-2021_credito_especial_sma.pdf</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1494/projeto_de_lei_102-2021_regime_de_previdencia_complementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1494/projeto_de_lei_102-2021_regime_de_previdencia_complementar.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no Município de Mostardas, fixa limite máximo para Concessão de Aposentadorias e Pensões de que trata o Artigo 40 da Constituição Federal, autoriza a adesão a Plano de Benefícios de Previdência Complementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_103-2021_contrato_temporario_servente_geral.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_103-2021_contrato_temporario_servente_geral.pdf</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_104-2021_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_104-2021_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_105-2021_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_105-2021_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_106-2021_altera_lei_2066.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_106-2021_altera_lei_2066.pdf</t>
   </si>
   <si>
     <t>Altera o § 7º do artigo 13 da Lei Municipal nº 2066, de 23 de novembro de 2005.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_107-2021_amortizacao_deficit_tecnico.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_107-2021_amortizacao_deficit_tecnico.pdf</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_108-2021_credito_especial_e_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_108-2021_credito_especial_e_suplementar.pdf</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_109-2021_permuta_area_urbana.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_109-2021_permuta_area_urbana.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permutar área de expansão urbana.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_110-2021_outorga_concessao_uso.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_110-2021_outorga_concessao_uso.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_111-2021_outorga_cocessao_de_uso.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_111-2021_outorga_cocessao_de_uso.pdf</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_112-2021_outorga_concessao_de_uso.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_112-2021_outorga_concessao_de_uso.pdf</t>
   </si>
   <si>
     <t>Autoriza outorga de concessão de direito de uso real.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_113-2021_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_113-2021_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_114-2021_ldo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_114-2021_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2022.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_115-2021_credito_especial_nf_gaucha.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_115-2021_credito_especial_nf_gaucha.pdf</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_116-2021_altera_2066.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_116-2021_altera_2066.pdf</t>
   </si>
   <si>
     <t>Altera e suprime dispositivos da Lei Municipal nº 2066, de 23 de novembro de 2005.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_117-2021_credito_especial_smo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_117-2021_credito_especial_smo.pdf</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_118-2021_credito_especial_cm.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_118-2021_credito_especial_cm.pdf</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_executivo_119-2021_credito_especial_smf.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_executivo_119-2021_credito_especial_smf.pdf</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_executivo_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_executivo_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_121-2021_concessao_direito_real.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_121-2021_concessao_direito_real.pdf</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_122-2021_concessao_direito_real.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_122-2021_concessao_direito_real.pdf</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_123_concessao_direito_real.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_123_concessao_direito_real.pdf</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/projeto_de_lei_124_concessao_direito_real.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/projeto_de_lei_124_concessao_direito_real.pdf</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_125-2021_credito_suplementar_e_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_125-2021_credito_suplementar_e_especial.pdf</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_de_lei_126-2021_jurisdicao_judicial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_de_lei_126-2021_jurisdicao_judicial.pdf</t>
   </si>
   <si>
     <t>Autoriza a permissão de uso da faixa de domínio com área de jurisdição municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/projeto_de_lei_127-2021_contrato_temporario_-_tec._enfermamagem.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/projeto_de_lei_127-2021_contrato_temporario_-_tec._enfermamagem.pdf</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/projeto_de_lei_128-2021_credito_suplementar_smso.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/projeto_de_lei_128-2021_credito_suplementar_smso.pdf</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1570/projeto_de_lei_129-2021_credito_especial_sms.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1570/projeto_de_lei_129-2021_credito_especial_sms.pdf</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_do_exec._-_130.2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_do_exec._-_130.2021.pdf</t>
   </si>
   <si>
     <t>Acre crédito especial para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_do_exec._-_131.2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_do_exec._-_131.2021.pdf</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_132-2021_pagamento_debitos_judiciais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_132-2021_pagamento_debitos_judiciais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de débitos e obrigações do Município de Mostardas, nos termos do artigo 100, §§ 3º e 4º, da Constituição Federal, decorrentes de decisões judiciais, considerados de pequeno valor (RPV) e dá outras providências.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/projeto_de_lei_133-2021_conselho_municipal_saneamento_basico.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/projeto_de_lei_133-2021_conselho_municipal_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Saneamento Básico - COMSAB.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_134-2021_altera_lei_3103.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_134-2021_altera_lei_3103.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo na Lei Municipal nº 3103, de 19 março de 2013.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/projeto_de_lei_135-2021_educacao_de_todas_as_cores.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/projeto_de_lei_135-2021_educacao_de_todas_as_cores.pdf</t>
   </si>
   <si>
     <t>Fica instituído no âmbito do Município de Mostardas o Programa Educação de Todas as Cores.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/projeto_de_lei_136-2021_credito_especial_smos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/projeto_de_lei_136-2021_credito_especial_smos.pdf</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_137-2021_aletar_lei_4225.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_137-2021_aletar_lei_4225.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na Lei Municipal nº 4225, de 06 de abril de 2021, e altera dispositivos na Lei Municipal nº 4271 de 13 de junho de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_138-2021_contrato_temporario_advogado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_138-2021_contrato_temporario_advogado.pdf</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_executivo_139_loa_2022.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_executivo_139_loa_2022.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MOSTARDAS PARA O EXERCÍCIO FINANCEIRO DE 2022</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/ple_140.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/ple_140.pdf</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_141-2021_credito_suplementar-sme.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_141-2021_credito_suplementar-sme.pdf</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/projeto_de_lei_142-2021__reestrutura_rpps.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/projeto_de_lei_142-2021__reestrutura_rpps.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Regime Próprio de Previdência Social dos Servidores Efetivos do Município de Mostardas, reorganiza o Plano de Benefício Previdenciário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_143-2021_regime_juridico_novo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_143-2021_regime_juridico_novo.pdf</t>
   </si>
   <si>
     <t>Institui o Regime Jurídico dos Servidores Públicos do Poder Executivo e Legislativo do Município de Mostardas, suas autarquias e fundações públicas.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_144-2021__insalubridade.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_144-2021__insalubridade.pdf</t>
   </si>
   <si>
     <t>Define as atividades insalubres e perigosas para efeitos da percepção do adicional correspondente.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_145-2021_plano_carreira_servidores-novo_1.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_145-2021_plano_carreira_servidores-novo_1.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Carreira dos Servidores, institui o respectivo quadro de cargos e dá outras providências.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_146_plano_carreira_magisterio.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_146_plano_carreira_magisterio.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Carreira do Magistério Público do Município, institui o respectivo quadro de cargos e dá outras providências.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_147-2021_altera_leis_2679_e_3295-vale_alimentacao.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_147-2021_altera_leis_2679_e_3295-vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo na Lei Municipal nº 2679, de 20 de abril de 2010, alterada pela Lei Municipal nº 3595, de 13 de janeiro de 2015.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_148-2021_altera_lei_2817.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_148-2021_altera_lei_2817.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2817, de março de 2011</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_149-2021_outorga_de_concessao_real_de_uso.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_149-2021_outorga_de_concessao_real_de_uso.pdf</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_150-2021_contrato_temporario_-_assistente_social.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_150-2021_contrato_temporario_-_assistente_social.pdf</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_de_lei_151-2021_revisao_geral_servidores_ativos_e_inativos_prefeitura.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_de_lei_151-2021_revisao_geral_servidores_ativos_e_inativos_prefeitura.pdf</t>
   </si>
   <si>
     <t>Concede percentual de revisão geral - Artigo 37, X, da Constituição Federal - aos vencimentos dos servidores, dos proventos, dos aposentados e das pensões, do Poder Executivo.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_152-2021_revisao_geral_conselheiros_tutelares.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_152-2021_revisao_geral_conselheiros_tutelares.pdf</t>
   </si>
   <si>
     <t>Concede percentual de revisão geral, nos termos do Parágrafo segundo do Artigo 25 mencionado no artigo 1º da Lei Municipal nº 3063/2012, aos Conselheiros Tutelares.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1630/projeto_de_lei_153-2021_revisao_geral_empregos_publicos.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1630/projeto_de_lei_153-2021_revisao_geral_empregos_publicos.pdf</t>
   </si>
   <si>
     <t>Concede percentual de revisão geral - Artigo 37, X, da Constituição Federal - Aos salários dos empregos públicos do Poder Executivo.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1631/projeto_de_lei_154-2021_altera_valor_rm.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1631/projeto_de_lei_154-2021_altera_valor_rm.pdf</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1632/projeto_de_lei_155-2021_contrato_temporario_-_motorista_de_ambulancia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1632/projeto_de_lei_155-2021_contrato_temporario_-_motorista_de_ambulancia.pdf</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1639/projeto_de_lei_156-2021_permissao_de_uso_de_faixa_de_dominio.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1639/projeto_de_lei_156-2021_permissao_de_uso_de_faixa_de_dominio.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1069/projeto_de_lei_001-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1069/projeto_de_lei_001-2020.pdf</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1070/projeto_de_lei_002-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1070/projeto_de_lei_002-2020.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1071/projeto_de_lei_003-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1071/projeto_de_lei_003-2020.pdf</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1072/projeto_de_lei_004-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1072/projeto_de_lei_004-2020.pdf</t>
   </si>
   <si>
     <t>Institui e autoriza a cobrança de contribuição de melhoria das obras que enumera e dá outras providências.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1083/projeto_de_lei_005-2020_credito_suplementar-ces_iPbXxni.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1083/projeto_de_lei_005-2020_credito_suplementar-ces_iPbXxni.pdf</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_de_lei_006-2020_servicos_hospitalares-repasse.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_de_lei_006-2020_servicos_hospitalares-repasse.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar contrato para compra de serviços de urgência/emergência 24 horas da Sociedade Beneficente São Luiz Mostardas.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_de_lei_007-2020_projeto-revisao_geral_servidor.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_de_lei_007-2020_projeto-revisao_geral_servidor.pdf</t>
   </si>
   <si>
     <t>Concede percentual de Revisão Geral - artigo 37, X, da CF - aos vencimentos dos servidores, dos proventos dos aposentados e das pensões, do Poder Executivo.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1086/projeto_de_lei_008-2020_projeto-revisao_geral_c_CtiSyRG.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1086/projeto_de_lei_008-2020_projeto-revisao_geral_c_CtiSyRG.pdf</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_009-2020_rpps-aliquota.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_009-2020_rpps-aliquota.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso I e II do artigo 13 da Lei Municipal nº 2066, de 23 de novembro de 2005.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_de_lei_010-2020_superavit__saldos_exerc_WGFgahb.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_de_lei_010-2020_superavit__saldos_exerc_WGFgahb.pdf</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1089/projeto_de_lei_011-2020_aumento_real_servidores.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1089/projeto_de_lei_011-2020_aumento_real_servidores.pdf</t>
   </si>
   <si>
     <t>Concede aumento Real aos vencimentos dos servidores estatutários, celetistas, cargos em comissão, funções gratificadas, contratos temporários, inativos e pensionistas com paridade e das parcelas autônomas do Poder Executivo.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1090/projeto_de_lei_012-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1090/projeto_de_lei_012-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO POR TEMPO DETERMINADO.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1091/projeto_de_lei_013-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1091/projeto_de_lei_013-2020.pdf</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1092/projeto_de_lei_013-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1092/projeto_de_lei_013-2020.pdf</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1093/projeto_de_lei_015-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1093/projeto_de_lei_015-2020.pdf</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1094/projeto_de_lei_016-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1094/projeto_de_lei_016-2020.pdf</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1095/projeto_de_lei_017-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1095/projeto_de_lei_017-2020.pdf</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1096/projeto_de_lei_018-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1096/projeto_de_lei_018-2020.pdf</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1097/projeto_de_lei_019-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1097/projeto_de_lei_019-2020.pdf</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1098/projeto_de_lei_020-2020_ZDlUpPh.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1098/projeto_de_lei_020-2020_ZDlUpPh.pdf</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1099/projeto_de_lei_021-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1099/projeto_de_lei_021-2020.pdf</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1100/projeto_de_lei_022-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1100/projeto_de_lei_022-2020.pdf</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1101/projeto_de_lei_023-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1101/projeto_de_lei_023-2020.pdf</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1102/projeto_de_lei_024-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1102/projeto_de_lei_024-2020.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1103/projeto_de_lei_025-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1103/projeto_de_lei_025-2020.pdf</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1104/projeto_de_lei_026-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1104/projeto_de_lei_026-2020.pdf</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1105/projeto_de_lei_027-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1105/projeto_de_lei_027-2020.pdf</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1107/projeto_de_lei_029-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1107/projeto_de_lei_029-2020.pdf</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1108/projeto_de_lei_030-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1108/projeto_de_lei_030-2020.pdf</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1109/projeto_de_lei_031-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1109/projeto_de_lei_031-2020.pdf</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1110/projeto_de_lei_032-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1110/projeto_de_lei_032-2020.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1113/projeto_de_lei_033-2020_contrato_temporario_operario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1113/projeto_de_lei_033-2020_contrato_temporario_operario.pdf</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1114/projeto_de_lei_034-2020_aumento_real_servidores.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1114/projeto_de_lei_034-2020_aumento_real_servidores.pdf</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1115/projeto_de_lei_035-2020_prorroga_contratacao_po_wZJgqcK.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1115/projeto_de_lei_035-2020_prorroga_contratacao_po_wZJgqcK.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 3889, de 15 de janeiro de 2019.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1116/projeto_de_lei_036-2020_credito_suplementar_e_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1116/projeto_de_lei_036-2020_credito_suplementar_e_especial.pdf</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1118/projeto_de_lei_037-2020_prorroga_contrato_temporario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1118/projeto_de_lei_037-2020_prorroga_contrato_temporario.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 3904, de 29 de janeiro de 2019.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1120/projeto_de_lei_038-2020_contrato_temporario-pro_D9cNCpn.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1120/projeto_de_lei_038-2020_contrato_temporario-pro_D9cNCpn.pdf</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1121/projeto_de_lei_039-2020_contrato_temporario-pro_pdrK1Tv.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1121/projeto_de_lei_039-2020_contrato_temporario-pro_pdrK1Tv.pdf</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1122/projeto_de_lei_040-2020_contrato_temporario-motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1122/projeto_de_lei_040-2020_contrato_temporario-motorista.pdf</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_041-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_041-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1124/projeto_de_lei_042-2020_aumento_real_aos_servidores.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1124/projeto_de_lei_042-2020_aumento_real_aos_servidores.pdf</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1125/projeto_de_lei_043-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1125/projeto_de_lei_043-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1126/projeto_de_lei_044-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1126/projeto_de_lei_044-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1134/projeto_de_lei_045-2020_locacao_de_predio_dispe_5dkFxAh.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1134/projeto_de_lei_045-2020_locacao_de_predio_dispe_5dkFxAh.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a locar prédio com dispensa de licitação e dá outras providências.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1135/projeto_de_lei_046-2020_locar_predio_dispensa_licitacao.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1135/projeto_de_lei_046-2020_locar_predio_dispensa_licitacao.pdf</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1136/projeto_de_lei_047-2020_locar_predio_dispensa_licitacao.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1136/projeto_de_lei_047-2020_locar_predio_dispensa_licitacao.pdf</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1137/projeto_de_lei_048-2020_prorrogacao_prazo_contr_gBPHUoQ.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1137/projeto_de_lei_048-2020_prorrogacao_prazo_contr_gBPHUoQ.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei nº 3924, de 07 de março de 2019.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1138/projeto_de_lei_049-2020_calendario_de_eventos_2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1138/projeto_de_lei_049-2020_calendario_de_eventos_2020.pdf</t>
   </si>
   <si>
     <t>Aprova o calendário de eventos do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1139/projeto_de_lei_050-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1139/projeto_de_lei_050-2020.pdf</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1140/projeto_de_lei_051-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1140/projeto_de_lei_051-2020.pdf</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1141/projeto_de_lei_052-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1141/projeto_de_lei_052-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos abandonados em vias públicas do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1143/projeto_de_lei_053-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1143/projeto_de_lei_053-2020.pdf</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1142/projeto_de_lei_054-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1142/projeto_de_lei_054-2020.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigo na Seção I da Lei Municipal nº 2595/2009 - cria a zona de uso específico da Caieira.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1144/projeto_de_lei_055-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1144/projeto_de_lei_055-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com o BADESUL Desenvolvimento S/A - Agência de Fomentos/RS para aquisição de imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1145/projeto_de_lei_056-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1145/projeto_de_lei_056-2020.pdf</t>
   </si>
   <si>
     <t>Prorroga data de pagamento do Imposto Predial e Territorial Urbano e do Imposto sobre serviços de qualquer natureza, no exercício de 2020.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1148/projeto_de_lei_057-2020_calamidade_publica.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1148/projeto_de_lei_057-2020_calamidade_publica.pdf</t>
   </si>
   <si>
     <t>RECONHECE A CALAMIDADE PÚBLICA MUNICIPAL, CONVALIDA AS MEDIDAS DISCIPLINARES NO DECRETO MUNICIPAL Nº 8319, 20 DE MARÇO DE 2020, AUTORIZA A PRORROGAÇÃO DE VENCIMENTO DE DÍVIDAS DE NATUREZA TRIBUTÁRIA E NÃO TRIBUTÁRIA DO EXERCÍCIO DE 2020, DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1150/projeto_de_lei_058-2020_credito_especial-smostt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1150/projeto_de_lei_058-2020_credito_especial-smostt.pdf</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1151/projeto_de_lei_059-2020_deposito_areia.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1151/projeto_de_lei_059-2020_deposito_areia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento de depósito de sobras de areia, terra, cascalho e saibro, oriundas de doação de particulares no Município de Mostardas.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1152/projeto_de_lei_060-2020_contrato_temporario-op._Zxz9cP4.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1152/projeto_de_lei_060-2020_contrato_temporario-op._Zxz9cP4.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1153/projeto_de_lei_061-2020_altera_lei_2624.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1153/projeto_de_lei_061-2020_altera_lei_2624.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1º da Lei Municipal nº 2624, de 29 de dezembro de 2009.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1154/projeto_de_lei_062-2020_credito_extraordinario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1154/projeto_de_lei_062-2020_credito_extraordinario.pdf</t>
   </si>
   <si>
     <t>Abre crédito extraordinário para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1155/projeto_de_lei_063-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1155/projeto_de_lei_063-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1156/projeto_de_lei_064-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1156/projeto_de_lei_064-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para a cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1157/projeto_de_lei_065-2020_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1157/projeto_de_lei_065-2020_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1158/projeto_de_lei_066-2020_atencao_aos_animais.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1158/projeto_de_lei_066-2020_atencao_aos_animais.pdf</t>
   </si>
   <si>
     <t>Cria a Política Municipal de Atenção aos Animais e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1159/projeto_de_lei_067-2020_credito_suplementar-sms-1.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1159/projeto_de_lei_067-2020_credito_suplementar-sms-1.pdf</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1160/projeto_de_lei_068-2020_nova_redacao_artigo_da_lei_4100.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1160/projeto_de_lei_068-2020_nova_redacao_artigo_da_lei_4100.pdf</t>
   </si>
   <si>
     <t>Altera, dá nova redação ao Artigo 2º da Lei Municipal nº 4100, de 24 de março de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1163/projeto_de_lei_069-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1163/projeto_de_lei_069-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>A crédito especial para cobertura de despesa dos programas abaixo relacionados.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1164/projeto_de_lei_070-2020_contrato_temporario.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1164/projeto_de_lei_070-2020_contrato_temporario.pdf</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1165/projeto_de_lei_071-2020_pagamento_divida_ativa.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1165/projeto_de_lei_071-2020_pagamento_divida_ativa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento da dívida ativa e/ou ajuizada em atraso.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1166/projeto_de_lei_072-2020_altera_a_lei__2328.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1166/projeto_de_lei_072-2020_altera_a_lei__2328.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo aos artigos 1º e 2º da Lei Municipal nº 2328, de 25 de setembro de 2007</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1167/projeto_de_lei_073-2020_rpps_2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1167/projeto_de_lei_073-2020_rpps_2020.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao Inciso III e ao § 7º do Artigo 13 da Lei Municipal nº 2066, de 23 de novembro de 2005.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1168/projeto_de_lei_074-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1168/projeto_de_lei_074-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1169/projeto_de_lei_075-2020_-_retirar-se_consorcio__eRxpvol.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1169/projeto_de_lei_075-2020_-_retirar-se_consorcio__eRxpvol.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a retirar-se do consórcio público da Associação dos Municípios do Litoral Norte - CP AMLINORTE e dá outras providências.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1177/projeto_de_lei_077-2020_altera_lei__4121.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1177/projeto_de_lei_077-2020_altera_lei__4121.pdf</t>
   </si>
   <si>
     <t>Acrescenta Parágrafo Único ao artigo 2º da Lei Municipal nº 4121, de 12 de maio de 2020.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1178/projeto_de_lei_078-2020_contrato_temporario-pro_Ky7vMZ3.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1178/projeto_de_lei_078-2020_contrato_temporario-pro_Ky7vMZ3.pdf</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1179/projeto_de_lei_079-2020_contrato_temporario-pro_peYyLFn.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1179/projeto_de_lei_079-2020_contrato_temporario-pro_peYyLFn.pdf</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1180/projeto_de_lei_080-2020_contrato_temporario-pro_Fv5F51K.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1180/projeto_de_lei_080-2020_contrato_temporario-pro_Fv5F51K.pdf</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1181/projeto_de_lei_081-2020_credito_especial-sme_1.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1181/projeto_de_lei_081-2020_credito_especial-sme_1.pdf</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1182/projeto_de_lei_082-2020_credito_especial-smasth_f6r019c.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1182/projeto_de_lei_082-2020_credito_especial-smasth_f6r019c.pdf</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1183/projeto_de_lei_083-2020_altera_lei_municipal_4011.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1183/projeto_de_lei_083-2020_altera_lei_municipal_4011.pdf</t>
   </si>
   <si>
     <t>Altera Artigo 1º da Lei Municipal nº 4011, de 15 de outubro de 2019.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1184/projeto_de_lei_084-2020_altera_tabela_lei_4050.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1184/projeto_de_lei_084-2020_altera_tabela_lei_4050.pdf</t>
   </si>
   <si>
     <t>Altera Tabela Constante na Lei Municipal nº 4050, de 21 de janeiro de 2020.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1185/projeto_de_lei_085-2020_contrato_temporario_medico.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1185/projeto_de_lei_085-2020_contrato_temporario_medico.pdf</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1186/projeto_de_lei_086-2020_contrato_temporario_cir_6lZKY4D.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1186/projeto_de_lei_086-2020_contrato_temporario_cir_6lZKY4D.pdf</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1187/projeto_de_lei_087-2020_contrato_temporario_tec_pvF7wmP.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1187/projeto_de_lei_087-2020_contrato_temporario_tec_pvF7wmP.pdf</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1188/projeto_de_lei_088-2020_contrato_temporario_mot_B5woCao.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1188/projeto_de_lei_088-2020_contrato_temporario_mot_B5woCao.pdf</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1189/projeto_de_lei_089-2020_contrato_temporario_-_motorista.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1189/projeto_de_lei_089-2020_contrato_temporario_-_motorista.pdf</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1192/projeto_de_lei_090-2020_acordo_extrajudicial_metrobus.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1192/projeto_de_lei_090-2020_acordo_extrajudicial_metrobus.pdf</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1193/projeto_de_lei_091-2020_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1193/projeto_de_lei_091-2020_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Acordo Extrajudicial com a Empresa Metrobus Comércio de Veículos Ltda. e dá outras providências.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1194/projeto_de_lei_092-2020_dispoe_sobre_o_adiantamento.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1194/projeto_de_lei_092-2020_dispoe_sobre_o_adiantamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime de adiantamento de numerário e dá outras providências.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1197/projeto_de_lei_093-2020_credito_especial_smostt.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1197/projeto_de_lei_093-2020_credito_especial_smostt.pdf</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_094-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_094-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1200/projeto_de_lei_095-2020_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1200/projeto_de_lei_095-2020_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1201/projeto_de_lei_096-2020_altera_artigo_2328.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1201/projeto_de_lei_096-2020_altera_artigo_2328.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 1º da Lei Municipal nº 2328, de 25 de setembro de 2007.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_097-2020_contencao_e_enfrentamen_Bmf6MVf.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_097-2020_contencao_e_enfrentamen_Bmf6MVf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as sanções administrativas aplicáveis pelo descumprimento das medidas urgentes determinadas para contenção e enfrentamento da Pandemia de Coronavírus (COVID-19), no Município de Mostardas.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_098-2020_regularizacao_de_vias_publicas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_098-2020_regularizacao_de_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em doação duas áreas de terras destinadas à regularização de vias públicas.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_de_lei_099-2020_da_nome_auditorio_e_revoga_lei.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_de_lei_099-2020_da_nome_auditorio_e_revoga_lei.pdf</t>
   </si>
   <si>
     <t>Altera Artigo 1º da Lei Municipal nº 1907, de 1º de junho de 2004.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_100-2020_atividades_recriativas.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_100-2020_atividades_recriativas.pdf</t>
   </si>
   <si>
     <t>Define critérios para a abertura e desenvolvimento de atividades recreativas sem cunho educativo e contra turno escolar no âmbito do Município de Mostardas.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1211/projeto_de_lei_101-2020_altera_lei_3897_-_tarifa_de_onibus.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1211/projeto_de_lei_101-2020_altera_lei_3897_-_tarifa_de_onibus.pdf</t>
   </si>
   <si>
     <t>Altera a tabela do artigo 1º da Lei Municipal nº 3897, de 22 de janeiro de 2019.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1212/projeto_de_lei_102-2020_reformula_cmdr.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1212/projeto_de_lei_102-2020_reformula_cmdr.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a reformular o Conselho Municipal de Desenvolvimento Rural - CMDR e dá outras providências.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1214/projeto_de_lei_103-2020_credito_especial_e_suplementar-sms_1.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1214/projeto_de_lei_103-2020_credito_especial_e_suplementar-sms_1.pdf</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_104-2020_lei_das_diretrizes_orcamentarias_ldo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_104-2020_lei_das_diretrizes_orcamentarias_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2021</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_105-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_105-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1220/projeto_de_lei_106-2020_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1220/projeto_de_lei_106-2020_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1222/projeto_de_lei_107-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1222/projeto_de_lei_107-2020.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO  ESPECIAL PARA COBERTURA DE DESPESA DOS PROGRAMAS ABAIXO RELACIONADOS</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1223/projeto_de_lei_108-2020_loa.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1223/projeto_de_lei_108-2020_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Mostardas para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_110-2020_altera_lei_4041.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_110-2020_altera_lei_4041.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º, parágrafo único do artigo 5º e artigo 14 da Lei Municipal nº 4041, de 20 de dezembro de 2019.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1226/projeto_de_lei_111-2020_credito_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1226/projeto_de_lei_111-2020_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1227/projeto_de_lei_112-2020_altera_redacao_lei_2452.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1227/projeto_de_lei_112-2020_altera_redacao_lei_2452.pdf</t>
   </si>
   <si>
     <t>Altera a redação de dispositivos da Lei Municipal nº 2452, de 10 de dezembro de 2008, que institui o Código Tributário do Município, bem como acrescenta os dispositivos mencionados.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1228/projeto_de_lei_113-2020_autoriza_a_locar_predio.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1228/projeto_de_lei_113-2020_autoriza_a_locar_predio.pdf</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1229/projeto_de_lei_114-2020_credito_especial.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1229/projeto_de_lei_114-2020_credito_especial.pdf</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1230/projeto_de_lei_115-2020_credito_especial_e_suplementar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1230/projeto_de_lei_115-2020_credito_especial_e_suplementar.pdf</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1231/projeto_de_lei_116-2020_autoriza_a_receberareas_de_terra.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1231/projeto_de_lei_116-2020_autoriza_a_receberareas_de_terra.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em doação áreas de terras destinadas a regularização de Vias Públicas.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1233/projeto_de_lei_117-2020_contrato_temporario_operador_de_maquina.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1233/projeto_de_lei_117-2020_contrato_temporario_operador_de_maquina.pdf</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1234/projeto_de_lei_118-2020_altera_valor_rm.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1234/projeto_de_lei_118-2020_altera_valor_rm.pdf</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_de_lei_119-2020_outorga_permissao_de_uso.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_de_lei_119-2020_outorga_permissao_de_uso.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar permissão de uso.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_de_lei_120-2020_contrato_temporario-op.maq.equip.agric..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_de_lei_120-2020_contrato_temporario-op.maq.equip.agric..pdf</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1237/projeto_de_lei_121-2020_prorroga_prazo_da_lei_4062.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1237/projeto_de_lei_121-2020_prorroga_prazo_da_lei_4062.pdf</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1238/projeto_de_lei_122-2020_prorroga_prazo_da_lei_4061.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1238/projeto_de_lei_122-2020_prorroga_prazo_da_lei_4061.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 4061, de 21 de janeiro de 2020.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1239/projeto_de_lei_123-2020_prorroga_prazo_da_lei_4059.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1239/projeto_de_lei_123-2020_prorroga_prazo_da_lei_4059.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/728/projeto_de_lei_001-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/728/projeto_de_lei_001-2019.pdf</t>
   </si>
   <si>
     <t>Concede percentual de revisão geral - Artigo 37, X, da CF - aos vencimentos dos servidores, dos proventos dos aposentados e das pensões, do Poder Executivo.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>Concede Percentual de Revisão Geral, nos termos do parágrafo segundo do artigo 25 mencionado no artigo 1º da Lei Municipal nº 3063/2012, aos Conselheiros Tutelares.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/730/projeto_de_lei_003-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/730/projeto_de_lei_003-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a renovar convênio com a EMATER  e ASCAR e dá outras providências.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/731/projeto_de_lei_004-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/731/projeto_de_lei_004-2019.pdf</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/732/projeto_de_lei_005-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/732/projeto_de_lei_005-2019.pdf</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_006-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_006-2019.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_007-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_007-2019.pdf</t>
   </si>
   <si>
     <t>Altera § 2º do artigo 3º da Lei Municipal nº 3867, de 18 de dezembro de 2018.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/735/projeto_de_lei_008-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/735/projeto_de_lei_008-2019.pdf</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/736/projeto_de_lei_009-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/736/projeto_de_lei_009-2019.pdf</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/737/projeto_de_lei_010-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/737/projeto_de_lei_010-2019.pdf</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/738/projeto_de_lei_011-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/738/projeto_de_lei_011-2019.pdf</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/758/projeto_de_lei_012-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/758/projeto_de_lei_012-2019.pdf</t>
   </si>
   <si>
     <t>Altera redação dos artigos 6º e 11 da Lei Municipal nº 3416, de 19 de janeiro de 2016.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/759/projeto_de_lei_013-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/759/projeto_de_lei_013-2019.pdf</t>
   </si>
   <si>
     <t>Altera redação dos artigos 1º, 2º, 6º § 1º, e 9º da Lei Municipal nº 3112, de 23 de abril de 2014.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_de_lei_014-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_de_lei_014-2019.pdf</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_de_lei_015-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_de_lei_015-2019.pdf</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_de_lei_016-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_de_lei_016-2019.pdf</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_de_lei_017-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_de_lei_017-2019.pdf</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_de_lei_018-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_de_lei_018-2019.pdf</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_019-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_019-2019.pdf</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_de_lei_020-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_de_lei_020-2019.pdf</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_de_lei_021-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_de_lei_021-2019.pdf</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/768/projeto_de_lei_022-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/768/projeto_de_lei_022-2019.pdf</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_023-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_023-2019.pdf</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_024-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_024-2019.pdf</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_025-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_025-2019.pdf</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_026-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_026-2019.pdf</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_027-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_027-2019.pdf</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/774/projeto_de_lei_028-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/774/projeto_de_lei_028-2019.pdf</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_de_lei_029-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_de_lei_029-2019.pdf</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_de_lei_030-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_de_lei_030-2019.pdf</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_de_lei_031-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_de_lei_031-2019.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_de_lei_032-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_de_lei_032-2019.pdf</t>
   </si>
   <si>
     <t>Efetua alteração no anexo I-29 da Lei Municipal nº 2158, de 23 de maio de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_033-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_033-2019.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_034-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_034-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o estágio de estudantes em órgãos da Administração Municipal.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_035-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_035-2019.pdf</t>
   </si>
   <si>
     <t>Institui o cadastro Técnico Municipal de atividades potencialmente poluidoras ou utilizadoras de recursos ambientais, e cria a taxa de controle e fiscalização ambiental municipal, de acordo com a Lei Federal 6.938/81 e alterações e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_036-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_036-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece novos valores de passagens em linhas municipais.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_037-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_037-2019.pdf</t>
   </si>
   <si>
     <t>Cria e extingue cargos e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_038-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_038-2019.pdf</t>
   </si>
   <si>
     <t>Efetua alteração no anexo I-48 da Lei Municipal nº 2158, de 23 de maio de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_039-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_039-2019.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 504, de 11 de maio de 1982.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_040-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_040-2019.pdf</t>
   </si>
   <si>
     <t>Institui o programa Praia Acessível no âmbito do Município de Mostardas.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_041-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_041-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de vagas nos concursos públicos para provimento de cargos efetivos e empregos públicos no âmbito da administração direta do Município, o percentual de 20% (vinte por cento) das vagas para negros (pretos e pardos) como ação de promoção para a igualdade de oportunidade no mercado de trabalho prevista nos artigos 38 e 39  da Lei Federal 12.288/2010 que institui o estatuto da igualdade racial.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_042-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_042-2019.pdf</t>
   </si>
   <si>
     <t>Institui a reserva de cargos e empregos em concursos e processos seletivos públicos e estágios na Prefeitura Municipal de Mostardas/RS para pessoas com deficiência.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei_043-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei_043-2019.pdf</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_044-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_044-2019.pdf</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_045-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_045-2019.pdf</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/814/projeto_de_lei_046-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/814/projeto_de_lei_046-2019.pdf</t>
   </si>
   <si>
     <t>Efetua alteração nos anexos I-49 e I-54 da Lei Municipal nº 2158, de 23 de maio de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/815/projeto_de_lei_047-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/815/projeto_de_lei_047-2019.pdf</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_048-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_048-2019.pdf</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_de_lei_049-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_de_lei_049-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 1º e 6º da Lei Municipal nº 3230, de 23 de abril de 2014, e do artigo 16 da Lei Municipal nº 2999, de junho de 2012.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_de_lei_050-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_de_lei_050-2019.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_de_lei_051-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_de_lei_051-2019.pdf</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_de_lei_052-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_de_lei_052-2019.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa dos programas abaixo relacionados e inclui no PPA e Diretrizes o Programa da Educação Especial.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/821/projeto_de_lei_053-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/821/projeto_de_lei_053-2019.pdf</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_de_lei_054-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_de_lei_054-2019.pdf</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_de_lei_055-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_de_lei_055-2019.pdf</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_de_lei_056-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_de_lei_056-2019.pdf</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_de_lei_057-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_de_lei_057-2019.pdf</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_de_lei_058-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_de_lei_058-2019.pdf</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_de_lei_059-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_de_lei_059-2019.pdf</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_de_lei_060-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_de_lei_060-2019.pdf</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_de_lei_061-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_de_lei_061-2019.pdf</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/852/projeto_de_lei_062-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/852/projeto_de_lei_062-2019.pdf</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_063-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_063-2019.pdf</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_064-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_064-2019.pdf</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/856/projeto_de_lei_065-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/856/projeto_de_lei_065-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BRDE - Banco Regional de Desenvolvimento do Extremo Sul e dá outras providências.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_de_lei_066-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_de_lei_066-2019.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_de_lei_067-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_de_lei_067-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar termo de compromisso e termo de participação financeira com a Companhia Estadual de Distribuição de Energia Elétrica - CEEE-D para realização de obra no sistema de distribuição.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_de_lei_068-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_de_lei_068-2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Sessão VIII - Pensão por Morte, da Lei Municipal nº 2066, de 23 de novembro de 2005.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/866/projeto_de_lei_069-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/866/projeto_de_lei_069-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar termo aditivo ao termo de acordo e compromisso celebrado entre o Estado do Rio Grande do Sul, por intermédio da então Secretaria de Habitação e Saneamento, Economisa-Companhia Hipotecária e o Município de Mostardas, no âmbito do programa Minha Casa Minha Vida.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/867/projeto_de_lei_070-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/867/projeto_de_lei_070-2019.pdf</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/868/projeto_de_lei_071-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/868/projeto_de_lei_071-2019.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_lei_072-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_lei_072-2019.pdf</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_073-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_073-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 1º e 6º da Lei Municipal nº 3230, de 23 de abril de 2014, e do artigo 16 da Lei Municipal nº 2999, de 05 de junho de 2012.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/880/projeto_de_lei_074-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/880/projeto_de_lei_074-2019.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_de_lei_075-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_de_lei_075-2019.pdf</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_lei_076-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_lei_076-2019.pdf</t>
   </si>
   <si>
     <t>Altera artigos da Lei Municipal nº 3112, de 23 de abril de 2013 e da Lei Municipal nº 3416, de 19 de janeiro de 2016.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_077-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_077-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza Modificação do traçado da Estrada do Ranchinho.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_078-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_078-2019.pdf</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/888/projeto_de_lei_079-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/888/projeto_de_lei_079-2019.pdf</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/889/projeto_de_lei_080-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/889/projeto_de_lei_080-2019.pdf</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/890/projeto_de_lei_081-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/890/projeto_de_lei_081-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2452, de 10 de dezembro de 2008 e dá outras providências.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/896/projeto_de_lei_082-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/896/projeto_de_lei_082-2019.pdf</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_083-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_083-2019.pdf</t>
   </si>
   <si>
     <t>Efetua alteração no anexo II-38 da Lei Municipal nº 2158, de 23 de maio  de 2006 e da Lei Municipal nº 2469, de 06 de janeiro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/898/projeto_de_lei_084-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/898/projeto_de_lei_084-2019.pdf</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/901/projeto_de_lei_085-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/901/projeto_de_lei_085-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a receber doação de saibro em âmbito municipal e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/906/projeto_de_lei_086-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/906/projeto_de_lei_086-2019.pdf</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/913/projeto_de_lei_087-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/913/projeto_de_lei_087-2019.pdf</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/919/projeto_de_lei_088-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/919/projeto_de_lei_088-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permutar lotes urbanos na praia de São Simão.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/920/projeto_de_lei_089-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/920/projeto_de_lei_089-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_090-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_090-2019.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/922/projeto_de_lei_091-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/922/projeto_de_lei_091-2019.pdf</t>
   </si>
   <si>
     <t>Altera código da FG, no artigo 1º da Lei Municipal nº 3533, de 03 de janeiro de 2017.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/923/projeto_de_lei_092-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/923/projeto_de_lei_092-2019.pdf</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/926/projeto_de_lei_093-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/926/projeto_de_lei_093-2019.pdf</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/927/projeto_de_lei_094-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/927/projeto_de_lei_094-2019.pdf</t>
   </si>
   <si>
     <t>Dá nome ao Auditório Municipal e revoga Lei.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/928/projeto_de_lei_095-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/928/projeto_de_lei_095-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar acordo extrajudicial com a empresa Metrobus Comércio de Veículos Ltda. e dá outras providências.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/940/projeto_de_lei_096-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/940/projeto_de_lei_096-2019.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/941/projeto_de_lei_097-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/941/projeto_de_lei_097-2019.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/942/projeto_de_lei_098-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/942/projeto_de_lei_098-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a coleta de resíduos no Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_099-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_099-2019.pdf</t>
   </si>
   <si>
     <t>Institui o programa IPTU Verde no Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/944/projeto_de_lei_100-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/944/projeto_de_lei_100-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o repasse de incremento financeiro a Sociedade Beneficente São Luiz de Mostardas.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/947/projeto_de_lei_101-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/947/projeto_de_lei_101-2019.pdf</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/948/projeto_de_lei_102-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/948/projeto_de_lei_102-2019.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei_103-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei_103-2019.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/951/projeto_de_lei_104-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/951/projeto_de_lei_104-2019.pdf</t>
   </si>
   <si>
     <t>Altera artigos 107 e 108 e inclui inciso 3º na Lei Municipal nº 1550, de 30 de outubro de 2001.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/952/projeto_de_lei_105-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/952/projeto_de_lei_105-2019.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 2922, de 18 de janeiro de 2012.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/963/projeto_de_lei_106-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/963/projeto_de_lei_106-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito de financiamento à infraestrutura e ao saneamento - FINISA com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/964/projeto_de_lei_107-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/964/projeto_de_lei_107-2019.pdf</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/965/projeto_de_lei_108-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/965/projeto_de_lei_108-2019.pdf</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_109-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_109-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para concessão de auxílios às indústrias e comércio e dá outras providências.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_110-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_110-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com o Município de Rio Grande com o objetivo de cedência de servidor.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_111-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_111-2019.pdf</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/974/projeto_de_lei_112-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/974/projeto_de_lei_112-2019.pdf</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/975/projeto_de_lei_113-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/975/projeto_de_lei_113-2019.pdf</t>
   </si>
   <si>
     <t>Cria cargos e dá outras providências.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/994/projeto_de_lei_114-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/994/projeto_de_lei_114-2019.pdf</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/996/projeto_de_lei_115-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/996/projeto_de_lei_115-2019.pdf</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1002/projeto_de_lei_116-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1002/projeto_de_lei_116-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2020.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1003/projeto_de_lei_117-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1003/projeto_de_lei_117-2019.pdf</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1005/projeto_de_lei_118-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1005/projeto_de_lei_118-2019.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo de contratação por tempo determinado, autorizada pela Lei Municipal nº 3834, de 02 de outubro de 2019.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1006/projeto_de_lei_119-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1006/projeto_de_lei_119-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego público de Agente de combate a endemias e dá outras providências.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1011/projeto_de_lei_120-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1011/projeto_de_lei_120-2019.pdf</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1012/projeto_de_lei_121-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1012/projeto_de_lei_121-2019.pdf</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_122-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_122-2019.pdf</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_123-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_123-2019.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_124-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_124-2019.pdf</t>
   </si>
   <si>
     <t>Altera inciso I do Art. 25 da Lei Municipal nº 2158 de 23 de maio de 2006 (Tabela de Pagamento dos Cargos de Provimento Efetivo) e cria padrão.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_125-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_125-2019.pdf</t>
   </si>
   <si>
     <t>Altera padrão e anexos do quadro de cargos de provimento efetivo das categorias de Médicos do Art. 3º da Lei Municipal nº 2158 de 23 de maio de 2006.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1017/projeto_de_lei_126-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1017/projeto_de_lei_126-2019.pdf</t>
   </si>
   <si>
     <t>Efetua alteração no anexo I-74 da Lei Municipal nº 2158, de 23 de maio de 2006.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1022/projeto_de_lei_127-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1022/projeto_de_lei_127-2019.pdf</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1023/projeto_de_lei_128-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1023/projeto_de_lei_128-2019.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 2º da Lei Municipal nº 3873, de 21 de dezembro de 2019.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1024/projeto_de_lei_129-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1024/projeto_de_lei_129-2019.pdf</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_130-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_130-2019.pdf</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_131-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_131-2019.pdf</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_132-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_132-2019.pdf</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_133-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_133-2019.pdf</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1048/projeto_de_lei_134-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1048/projeto_de_lei_134-2019.pdf</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1049/projeto_de_lei_135-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1049/projeto_de_lei_135-2019.pdf</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1051/projeto_de_lei_136-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1051/projeto_de_lei_136-2019.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Mostardas para o Exercício de 2020.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1052/projeto_de_lei_137-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1052/projeto_de_lei_137-2019.pdf</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_138-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_138-2019.pdf</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1058/projeto_de_lei_139-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1058/projeto_de_lei_139-2019.pdf</t>
   </si>
   <si>
     <t>Altera § 2º do artigo 3º da Lei Municipal nº 4028, de 19 de novembro de 2019.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1059/projeto_de_lei_140-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1059/projeto_de_lei_140-2019.pdf</t>
   </si>
   <si>
     <t>Redefine a zona urbana da cidade de Mostardas, cria a zona de expansão urbana, delimitando área urbana da praia do Bacupari e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1060/projeto_de_lei_141-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1060/projeto_de_lei_141-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso ao artigo 7º da Lei Municipal nº 2595, de 15 de outubro de 2009 - cria macrozona de Orla Costeira no Plano de Desenvolvimento Físico Urbano - PDFU.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1061/projeto_de_lei_142-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1061/projeto_de_lei_142-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta artigo na seção I da Lei Municipal nº 2595, de 15 de outubro de 2009 - cria a zona urbana de orla e interesse turístico e ambiental na Praia do Bacupari.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1062/projeto_de_lei_143-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1062/projeto_de_lei_143-2019.pdf</t>
   </si>
   <si>
     <t>Institui o programa de estímulo ao aumento da arrecadação 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1063/projeto_de_lei_144-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1063/projeto_de_lei_144-2019.pdf</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1064/projeto_de_lei_145-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1064/projeto_de_lei_145-2019.pdf</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_148-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_148-2019.pdf</t>
   </si>
   <si>
     <t>Altera valor da RM - Referência Municipal.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/307/001-contrato-emergencial-op.-patrulha-agr-cola-smade-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/307/001-contrato-emergencial-op.-patrulha-agr-cola-smade-.doc</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/308/002-loca-o-pr-dio-almoxarifado-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/308/002-loca-o-pr-dio-almoxarifado-.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a renovar locação de prédio com dispensa de  licitação e dá outras providências.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RENOVAR LOCAÇÃO DE PRÉDIO COM DISPENSA DE LICITAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/311/005-contrato-emergencial-psic-loga-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/311/005-contrato-emergencial-psic-loga-.doc</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/312/006-contrato-tempor-rio-fiscal-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/312/006-contrato-tempor-rio-fiscal-.doc</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/313/007-renova-o-loca-o-pr-dio-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/313/007-renova-o-loca-o-pr-dio-.doc</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/314/008-loca-o-pr-dio-subprefeitura-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/314/008-loca-o-pr-dio-subprefeitura-.doc</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/315/009-contrato-tempor-rio-engenheiro-civil-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/315/009-contrato-tempor-rio-engenheiro-civil-.doc</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/319/011-revis-o-geral-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/319/011-revis-o-geral-.doc</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL - ARTIGO 37, X, DA CF - AOS VENCIMENTOS DOS SUBSÍDIOS, DOS SERVIDORES, DOS PROVENTOS DOS APOSENTADOS E DAS PENSÕES, DO PODER EXECUTIVO</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/317/012-revis-o-geral-conselho-tutelar-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/317/012-revis-o-geral-conselho-tutelar-.doc</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/318/013-cedencia-nossa-senhora-aparecida-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/318/013-cedencia-nossa-senhora-aparecida-.doc</t>
   </si>
   <si>
     <t>PRORROGA AO ESTADO DO RIO GRANDE DO SUL O USO DAS DEPENDÊNCIAS DA ESCOLA MUNICIPAL FUNDAMENTAL NOSSA SENHORA APARECIDA, PARA FUNCIONAMENTO DA ESCOLA ESTADUAL DE ENSINO MÉDIO MÁRIO QUINTANA</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/320/014-contrato-emergencial-op.-m-quinas-smostt-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/320/014-contrato-emergencial-op.-m-quinas-smostt-.doc</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/321/015-conv-nio-emater-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/321/015-conv-nio-emater-.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RENOVAR CONVÊNIO COM A EMATER E ASCAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/322/016-contrato-tempor-rio-professor-ed.-f-sica-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/322/016-contrato-tempor-rio-professor-ed.-f-sica-.doc</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/323/017-contrato-tempor-rio-professor-t-c.-agr-colas-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/323/017-contrato-tempor-rio-professor-t-c.-agr-colas-.doc</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/324/018-contrato-tempor-rio-professor-ed.-infantil-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/324/018-contrato-tempor-rio-professor-ed.-infantil-.doc</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/325/019-contrato-tempor-rio-professor-espanhol-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/325/019-contrato-tempor-rio-professor-espanhol-.doc</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/326/020-contrato-tempor-rio-professor-geografia-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/326/020-contrato-tempor-rio-professor-geografia-.doc</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/327/021-contrato-tempor-rio-professor-matem-tica-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/327/021-contrato-tempor-rio-professor-matem-tica-.doc</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/328/022-contrato-tempor-rio-professor-series-iniciai_ysu50GD.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/328/022-contrato-tempor-rio-professor-series-iniciai_ysu50GD.doc</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/329/023-contrato-tempor-rio-professor-series-iniciai_4492vHy.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/329/023-contrato-tempor-rio-professor-series-iniciai_4492vHy.doc</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/330/024-contrato-tempor-rio-professor-s-ries-iniciais-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/330/024-contrato-tempor-rio-professor-s-ries-iniciais-.doc</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/331/025-contrato-emergencial-servente-geral-emei-h-lio-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/331/025-contrato-emergencial-servente-geral-emei-h-lio-.doc</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/332/026-contrato-emergencial-serv.-merendeira-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/332/026-contrato-emergencial-serv.-merendeira-.doc</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/333/027-contrato-emergencial-atendende-geral-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/333/027-contrato-emergencial-atendende-geral-.doc</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/334/028-contrato-tempor-rio-oper-rio-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/334/028-contrato-tempor-rio-oper-rio-.doc</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/335/029-autoriza-receber-area-de-terras-.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/335/029-autoriza-receber-area-de-terras-.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A RECEBER ÁREA PARALELA A ESTRADA VICINAL</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto-de-lei-030-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto-de-lei-030-2018.pdf</t>
   </si>
   <si>
     <t>Ratifica o protocolo de intenções firmado entre os municípios do Rio Grande do Sul, com a finalidade de construir consórcio público denominado.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto-de-lei-031-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto-de-lei-031-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de uso do salão do Sol Nascente.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto-de-lei-032-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto-de-lei-032-2017.pdf</t>
   </si>
   <si>
     <t>Efetua Alteração nos anexos I-71, I-48 e II-65 e dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto-de-lei-033-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto-de-lei-033-2018.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesa dos programas abaixo relacionadas.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto-de-lei-034-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto-de-lei-034-2018.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesa dos programas abaixo relacionados</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto-de-lei-034-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto-de-lei-034-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar acordo de cooperação com a Associação Comunitária Quilombolas dos Teixeiras.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto-de-lei-036-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto-de-lei-036-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar acordo de cooperação  com a Associação Comunitário Dona Quitéria.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto-de-lei-037-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto-de-lei-037-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar acordo de cooperação com a Associação Comunitária Quilombolas Beco dos Colodianos.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto-de-lei-038-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto-de-lei-038-2018.pdf</t>
   </si>
   <si>
     <t>Aprova o calendário de eventos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto-de-lei-039-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto-de-lei-039-2018.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto-de-lei-040-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto-de-lei-040-2018.pdf</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto-de-lei-041-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto-de-lei-041-2018.pdf</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto-de-lei-042-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto-de-lei-042-2018.pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto-de-lei-043-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto-de-lei-043-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as competências e a estrutura da Secretaria Municipal de Assistência Social, Trabalho e Habitação.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto-de-lei-044-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto-de-lei-044-2018.pdf</t>
   </si>
   <si>
     <t>Abre crédito Especial para cobertura de despesa do programa abaixo relacionado.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto-de-lei-045-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto-de-lei-045-2018.pdf</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto-de-lei-046-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto-de-lei-046-2018.pdf</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto-de-lei-047-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto-de-lei-047-2018.pdf</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto-de-lei-048-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto-de-lei-048-2018.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto-de-lei-049-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto-de-lei-049-2018.pdf</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto-de-lei-050-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto-de-lei-050-2018.pdf</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto-de-lei-051-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto-de-lei-051-2018.pdf</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto-de-lei-052-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto-de-lei-052-2018.pdf</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/407/projeto-de-lei-053-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/407/projeto-de-lei-053-2018.pdf</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/408/projeto-de-lei-054-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/408/projeto-de-lei-054-2018.pdf</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/409/projeto-de-lei-055-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/409/projeto-de-lei-055-2018.pdf</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_de_lei_056-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_de_lei_056-2018.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/414/projeto-de-lei-057-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/414/projeto-de-lei-057-2018.pdf</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/415/projeto-de-lei-058-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/415/projeto-de-lei-058-2018.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/416/projeto-de-lei-059-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/416/projeto-de-lei-059-2018.pdf</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/420/projeto-de-lei-060-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/420/projeto-de-lei-060-2018.pdf</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/421/projeto-de-lei-061-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/421/projeto-de-lei-061-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema Municipal de cultura de Mostardas, seus princípios, objetivos, estrutura, organização, gestão, inter relações entre os seus componentes, recursos humanos, financiamento e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/422/projeto-de-lei-062-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/422/projeto-de-lei-062-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 3º e 4º da Lei Municipal nº 3230, de 23 de abril de 2014 e os artigos 1º e 2º da Lei Municipal nº 3567, de 31 de janeiro de 2017, artigo 1º da Lei Municipal nº 2646, de 26 de janeiro de 2010.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/423/projeto-de-lei-063-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/423/projeto-de-lei-063-2018.pdf</t>
   </si>
   <si>
     <t>Altera Artigo 59, modifica e acrescenta parágrafos na Lei Municipal nº 2166, de 30 de maio de 2006.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/424/projeto-de-lei-064-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/424/projeto-de-lei-064-2018.pdf</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/425/projeto-de-lei-065-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/425/projeto-de-lei-065-2018.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/435/projeto-de-lei-066-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/435/projeto-de-lei-066-2018.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/436/projeto-de-lei-067-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/436/projeto-de-lei-067-2018.pdf</t>
   </si>
   <si>
     <t>Cria o Grupo de Contratos de Repasse, convênio e capacitação de recursos e dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/437/projeto-de-lei-068-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/437/projeto-de-lei-068-2018.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/438/projeto-de-lei-069-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/438/projeto-de-lei-069-2018.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_de_lei_070-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_de_lei_070-2018.pdf</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_de_lei_071-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_de_lei_071-2018.pdf</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_de_lei_072-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_de_lei_072-2018.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_de_lei_073-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_de_lei_073-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a adquirir bens móveis duráveis, na condição que especifica</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_de_lei_074-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_de_lei_074-2018.pdf</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_de_lei_075-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_de_lei_075-2018.pdf</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_de_lei_076-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_de_lei_076-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar termo de cooperação mútua intermunicipal com o Município de Tavares.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_de_lei_077-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_de_lei_077-2018.pdf</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_de_lei_079-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_de_lei_079-2018.pdf</t>
   </si>
   <si>
     <t>Efetua alteração na carga horária em anexo da Lei Municipal nº 2158, de 23 de maio de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_de_lei_081-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_de_lei_081-2018.pdf</t>
   </si>
   <si>
     <t>Institui gratificação mensal aos pregoeiros do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_de_lei_082-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_de_lei_082-2018.pdf</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_de_lei_083-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_de_lei_083-2018.pdf</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_de_lei_084-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_de_lei_084-2018.pdf</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_de_lei_085-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_de_lei_085-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_de_lei_086-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_de_lei_086-2018.pdf</t>
   </si>
   <si>
     <t>Concede abono salarial aos agentes comunitários de saúde vinculados às equipes do programa de saúde da família - ESFS e dá outras providências.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/497/projeto_de_lei_088-2018_M4x1Zxl.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/497/projeto_de_lei_088-2018_M4x1Zxl.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Mostardas a firmar termo de parceria com organizações da sociedade civil de interessa público - OSCIP's e dá outras providências.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_de_lei_089-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_de_lei_089-2018.pdf</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_de_lei_090-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_de_lei_090-2018.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 3640, de 06 de junho de 2017</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_de_lei_091-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_de_lei_091-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar operação de crédito com o Banco do Estado do rio Grande do Sul S/A - Banrisul, a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_de_lei_092-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_de_lei_092-2018.pdf</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_de_lei_093-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_de_lei_093-2018.pdf</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_de_lei_094-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_de_lei_094-2018.pdf</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_de_lei_095-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_de_lei_095-2018.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar para cobertura de despesas do programas abaixo relacionados.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_de_lei_096-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_de_lei_096-2018.pdf</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_de_lei_097-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_de_lei_097-2018.pdf</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_de_lei_098-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_de_lei_098-2018.pdf</t>
   </si>
   <si>
     <t>Altera Parágrafo Único do Artigo 4º da Lei Municipal nº 3683, de 19 de dezembro de 2017.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_lei_100-2018_2.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_lei_100-2018_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar operação de crédito com o Banco do Estado do Rio Grande do Sul S/A - BANRISUL, a oferecer garantias e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_de_lei_101-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_de_lei_101-2018.pdf</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_de_lei_102-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_de_lei_102-2018.pdf</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/533/projeto_de_lei_103-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/533/projeto_de_lei_103-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permutar lotes urbanos na Prais de São Simão.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/534/projeto_de_lei_104-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/534/projeto_de_lei_104-2018.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial para cobertura de despesas do programa abaixo relacionado</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/535/projeto_de_lei_105-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/535/projeto_de_lei_105-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com o Município de Tavares para realização do Campeonato Intermunicipal de Futebol 2018.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/550/projeto_de_lei_106-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/550/projeto_de_lei_106-2018.pdf</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_107-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_107-2018.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_108-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_108-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza repasse para a Sociedade Beneficente São Luiz de Mostardas</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_109-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_109-2018.pdf</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_110-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_110-2018.pdf</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_111-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_111-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a celebrar o contrato por tempo determinado.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_112-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_112-2018.pdf</t>
   </si>
   <si>
     <t>Cria e Extingue cargos e dá outras providências.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_113-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_113-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com o BADESUL Desenvolvimento S/A - Agência de Fomentos/RS para obras de infraestrutura urbana e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>Fica criada a Casa de Acolhimento e dá outras providências.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/559/projeto_de_lei_115-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/559/projeto_de_lei_115-2018.pdf</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/561/projeto_de_lei_117-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/561/projeto_de_lei_117-2018.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/580/projeto_de_lei_118-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/580/projeto_de_lei_118-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo a artigo da Lei Municipal nº 3802, de 24 de julho de 2018.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/581/projeto_de_lei_119-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/581/projeto_de_lei_119-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de pessoal por tempo de determinado para atender a necessidade temporária de excepcional interesse público.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/582/projeto_de_lei_120-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/582/projeto_de_lei_120-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar convênio com o Estado do Rio Grande do Sul, por intermédio da Secretaria da Segurança Pública, com a interveniência do Instituto Geral de perícias e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/583/projeto_de_lei_121-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/583/projeto_de_lei_121-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com o BADESUL Desenvolvimento S/A - Agência de Fomento/RS para obras de infraestrutura urbana e dá outras providências.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/584/projeto_de_lei_122-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/584/projeto_de_lei_122-2018.pdf</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/596/projeto_de_lei_123-2018_Lv31TIX.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/596/projeto_de_lei_123-2018_Lv31TIX.pdf</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/597/projeto_de_lei_124-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/597/projeto_de_lei_124-2018.pdf</t>
   </si>
   <si>
     <t>Concede abono salarial aos agentes comunitários de saúde vinculados às Equipes do programa de saúde da família - ESFS e dá outras providências.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/598/projeto_de_lei_125-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/598/projeto_de_lei_125-2018.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/599/projeto_de_lei_126-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/599/projeto_de_lei_126-2018.pdf</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/600/projeto_de_lei_127-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/600/projeto_de_lei_127-2018.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/601/projeto_de_lei_128-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/601/projeto_de_lei_128-2018.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/611/projeto_de_lei_129-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/611/projeto_de_lei_129-2018.pdf</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/612/projeto_de_lei_130-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/612/projeto_de_lei_130-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 1º da Lei Municipal nº 3698/2018.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/613/projeto_de_lei_131-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/613/projeto_de_lei_131-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar termo de cooperação técnica com o Sindicato dos Trabalhadores Rurais de Mostardas, Sindicato dos Produtores Rurais de Mostardas, Cooperativa dos Povos Tradicionais de Mostardas e Associação Comercial e Industrial de Mostardas.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/614/projeto_de_lei_132-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/614/projeto_de_lei_132-2018.pdf</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/615/projeto_de_lei_133-2018_hj57cFH.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/615/projeto_de_lei_133-2018_hj57cFH.pdf</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/619/projeto_de_lei_134-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/619/projeto_de_lei_134-2018.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/620/projeto_de_lei_135-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/620/projeto_de_lei_135-2018.pdf</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/616/projeto_de_lei_136-2018_-_ldo.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/616/projeto_de_lei_136-2018_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2019.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/621/projeto_de_lei_137-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/621/projeto_de_lei_137-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à cláusula sétima do termo de convênio de cooperação mútua intermunicipal, anexo à Lei Municipal nº 37777/2018.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/622/projeto_de_lei_138-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/622/projeto_de_lei_138-2018.pdf</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/623/projeto_de_lei_139-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/623/projeto_de_lei_139-2018.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 2º da Lei Municipal nº 3689/2017.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/624/projeto_de_lei_140-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/624/projeto_de_lei_140-2018.pdf</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/629/projeto_de_lei_141-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/629/projeto_de_lei_141-2018.pdf</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/630/projeto_de_lei_142-2018_A5qgYar.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/630/projeto_de_lei_142-2018_A5qgYar.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/631/projeto_de_lei_143-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/631/projeto_de_lei_143-2018.pdf</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/638/projeto_de_lei_144-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/638/projeto_de_lei_144-2018.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/647/projeto_de_lei_145-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/647/projeto_de_lei_145-2018.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no calendário oficial de ventos do Município de Mostardas a "Semana Lixo Zero"e dá outras providências.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/648/pl_146.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/648/pl_146.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o licenciamento Ambiental Municipal, institui as taxas de licenciamento ambiental e florestal dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/649/pl_147.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/649/pl_147.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Lei Municipal nº 2805/2011, que dispõe sobre a política do meio ambiente do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/650/projeto_de_lei_148-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/650/projeto_de_lei_148-2018.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/651/projeto_de_lei_149-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/651/projeto_de_lei_149-2018.pdf</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/656/projeto_de_lei_150-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/656/projeto_de_lei_150-2018.pdf</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/657/projeto_de_lei_151-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/657/projeto_de_lei_151-2018.pdf</t>
   </si>
   <si>
     <t>Efetua alteração na carga horária do anexo da Lei Municipal nº 3347, de 28 de abril de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>Altera o número de vagas no quadro de cargos de provimento efetivo do Art. 3º da Lei Municipal nº 2158, de 23 de maio de 2006.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/659/projeto_de_lei_153-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/659/projeto_de_lei_153-2018.pdf</t>
   </si>
   <si>
     <t>Altera o número de vagas no quadro de cargos de provimento efetivo do art. 3º da Lei  Municipal nº 2158.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/660/projeto_de_lei_154-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/660/projeto_de_lei_154-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato por tempo contrato por tempo determinado.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/662/projeto_de_lei_156-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/662/projeto_de_lei_156-2018.pdf</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/663/projeto_de_lei_157-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/663/projeto_de_lei_157-2018.pdf</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/664/projeto_de_lei_158-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/664/projeto_de_lei_158-2018.pdf</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Mostardas para o exercício de 2019.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/677/projeto_de_lei_160-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/677/projeto_de_lei_160-2018.pdf</t>
   </si>
   <si>
     <t>Fixa novos valores para as diárias a serem pagas pela Prefeitura Municipal de Mostardas.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/695/projeto_de_lei_161-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/695/projeto_de_lei_161-2018.pdf</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/696/projeto_de_lei_162-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/696/projeto_de_lei_162-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza a isenção temporária de IPTU e taxas correlatas para loteamentos nas áreas urbanas e de expansão urbana do Município de Mostardas.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/697/projeto_de_lei_163-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/697/projeto_de_lei_163-2018.pdf</t>
   </si>
   <si>
     <t>Acresce e altera as Leis Municipais nºs 2452/2008  3664/2017.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/698/projeto_de_lei_164-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/698/projeto_de_lei_164-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a locar prédio  com dispensa de licitação e dá outras providências.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/699/projeto_de_lei_165-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/699/projeto_de_lei_165-2018.pdf</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/700/projeto_de_lei_166-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/700/projeto_de_lei_166-2018.pdf</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/703/projeto_de_lei_167-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/703/projeto_de_lei_167-2018.pdf</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/704/projeto_de_lei_168-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/704/projeto_de_lei_168-2018.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/705/projeto_de_lei_169-2018_8WkR6B0.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/705/projeto_de_lei_169-2018_8WkR6B0.pdf</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/719/projeto_de_lei_170-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/719/projeto_de_lei_170-2018.pdf</t>
   </si>
   <si>
     <t>Introduz modificações na Lei Municipal nº 2583, de 14 de setembro de 2009.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/720/projeto_de_lei_171-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/720/projeto_de_lei_171-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a pactuar termo de entrega e delegação de responsabilidade de trator e equipamentos agrícolas.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/721/projeto_de_lei_172-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/721/projeto_de_lei_172-2018.pdf</t>
   </si>
   <si>
     <t>Introduz modificações na tabela 01 da Lei Municipal nº 2595, de 15 de outubro de 2009.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/723/projeto_de_lei_173-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/723/projeto_de_lei_173-2018.pdf</t>
   </si>
   <si>
     <t>Institui o programa de estímulo ao aumento da arrecadação 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/724/projeto_de_lei_174-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/724/projeto_de_lei_174-2018.pdf</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/725/projeto_de_lei_175-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/725/projeto_de_lei_175-2018.pdf</t>
   </si>
   <si>
     <t>Altera valor da RM - Referência Muncipal.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/726/projeto_de_lei_176-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/726/projeto_de_lei_176-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do imposto predial e territorial urbano - IPTU e taxas correlatas, no exercício de 2019.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_lei_177-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_lei_177-2018.pdf</t>
   </si>
   <si>
     <t>Altera artigo 1º da Lei Municipal nº 3734, de suplementar para especial, no que se refere ao recurso 4580 - compensação das especificações regionais e o artigo 2º, no que se refere ao ano de 2016 para 2017, de todos os recursos.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/83/projeto-de-lei-132-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/83/projeto-de-lei-132-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe  sobre as Diretrizes Orçamentárias para o Exercício de 2018.</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-133-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-133-2017.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Água no Município de Mostardas</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/53/projeto-de-lei-135-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/53/projeto-de-lei-135-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema único de Assistência Social - SUAS do Município de Mostardas, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/182/projeto-de-lei-136-2017.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-lei-137-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/182/projeto-de-lei-136-2017.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-lei-137-2017.pdf</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/211/projeto-de-lei-138-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/211/projeto-de-lei-138-2017.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar no orçamento em vigor.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/212/projeto-de-lei-139-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/212/projeto-de-lei-139-2017.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/226/projeto-de-lei-140-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/226/projeto-de-lei-140-2017.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Especial e Suplementar no Orçamento e Vigor</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/231/projeto-de-lei-141-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/231/projeto-de-lei-141-2017.pdf</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/248/projeto-de-lei-142-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/248/projeto-de-lei-142-2017.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Mostardas para o Exercício financeiro 2018.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/245/projeto-de-lei-143-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/245/projeto-de-lei-143-2017.pdf</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/249/projeto-de-lei-144-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/249/projeto-de-lei-144-2017.pdf</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/250/projeto-de-lei-145-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/250/projeto-de-lei-145-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a destinar recursos públicos para cobrir déficits da APAE e da SATI conforme recomendação do Ministério Público.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/254/projeto-de-lei-146-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/254/projeto-de-lei-146-2017.pdf</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/256/projeto-de-lei-147-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/256/projeto-de-lei-147-2017.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Estímulo ao Aumento da Arrecadação e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/257/projeto-de-lei-148-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/257/projeto-de-lei-148-2017.pdf</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/258/projeto-de-lei-149-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/258/projeto-de-lei-149-2017.pdf</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/259/projeto-de-lei-150-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/259/projeto-de-lei-150-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a locar prédio com dispensa de licitação e  dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/260/projeto-de-lei-151-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/260/projeto-de-lei-151-2017.pdf</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/263/projeto-de-lei-152-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/263/projeto-de-lei-152-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do imposto predial e territorial urbano - IPTU e taxas correlatas, no exercício de 2018.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/264/projeto-de-lei-153-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/264/projeto-de-lei-153-2017.pdf</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/265/projeto-de-lei-154-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/265/projeto-de-lei-154-2017.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/266/projeto-de-lei-155-2017..pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/266/projeto-de-lei-155-2017..pdf</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/267/projeto-de-lei-156-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/267/projeto-de-lei-156-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a renovar locação de prédio com dispensa de licitação e dá outras providências.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/268/projeto-de-lei-157-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/268/projeto-de-lei-157-2017.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -10161,67 +10161,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2928/projeto_de_lei_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2930/projeto_de_lei_003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2932/projeto_de_lei_005.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_de_lei_006.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2934/projeto_de_lei_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2935/projeto_de_lei_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_lei_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2937/projeto_de_lei_010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2938/projeto_de_lei_011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2964/projeto_de_lei_012.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_013.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_de_lei_014.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2967/projeto_de_lei_015.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2968/projeto_de_lei_016.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_017.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_018.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2971/projeto_de_lei_019.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_020.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_021.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3016/projeto_de_lei_022.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3017/projeto_de_lei_023.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3018/projeto_de_lei_024.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3019/projeto_de_lei_025.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3020/projeto_de_lei_026.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3021/projeto_de_lei_027.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3022/projeto_de_lei_028.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3023/projeto_de_lei_029.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3024/projeto_de_lei_030.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3025/projeto_de_lei_031.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_032.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_033.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3028/projeto_de_lei_034.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3029/projeto_de_lei_035.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3030/projeto_de_lei_036.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3031/projeto_de_lei_037.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3032/projeto_de_lei_038.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3033/projeto_de_lei_039.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3034/projeto_de_lei_040.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_041.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3036/projeto_de_lei_042.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3037/projeto_de_lei_043.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_044.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3097/projeto_de_lei_045.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3098/projeto_de_lei_046.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_047.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3100/projeto_de_lei_048.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_049.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3102/projeto_de_lei_050.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3103/projeto_de_lei_051.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3104/projeto_de_lei_052.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3105/projeto_de_lei_053.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_054.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_055.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_lei_056.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_057.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_058.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_059.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3112/projeto_de_lei_060.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3113/projeto_de_lei_061.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3114/projeto_de_lei_062.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3115/projeto_de_lei_063.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3116/projeto_de_lei_064.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3117/projeto_de_lei_065.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3118/projeto_de_lei_066.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3119/projeto_de_lei_067.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3144/projeto_de_lei_068.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_069.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3146/projeto_de_lei_070.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_071.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3148/projeto_de_lei_072.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3181/projeto_de_lei_073.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3182/projeto_de_lei_074.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3183/projeto_de_lei_075.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3184/projeto_de_lei_076.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3185/projeto_de_lei_077.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3186/projeto_de_lei_078.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3187/projeto_de_lei_079.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3188/projeto_de_lei_080.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3189/projeto_de_lei_081.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3190/projeto_de_lei_082.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3191/projeto_de_lei_083.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3192/projeto_de_lei_084.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3194/projeto_de_lei_executivo_085.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3195/projeto_de_lei_executivo_086.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3196/projeto_de_lei_executivo_087.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3197/projeto_de_lei_executivo_088.25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3218/projeto_de_lei_089.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3232/projeto_de_lei_090.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3244/projeto_de_lei_091.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3245/projeto_de_lei_092.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_093.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3247/projeto_de_lei_094.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3248/projeto_de_lei_095.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3249/projeto_de_lei_096.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3273/projeto_de_lei_executivo_97.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3289/projeto_de_lei_098.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3290/projeto_de_lei_099.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3291/projeto_de_lei_100.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3307/projeto_de_lei_101.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3308/projeto_de_lei_102.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3309/projeto_de_lei_103.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3310/projeto_de_lei_104.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3311/projeto_de_lei_105.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3312/projeto_de_lei_106.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3313/projeto_de_lei_107.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3314/projeto_de_lei_108.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_109.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3340/projeto_de_lei_110.2025_2.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3341/projeto_de_lei_111.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3342/projeto_de_lei_112.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3343/projeto_de_lei_113.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3344/projeto_de_lei_114.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3371/projeto_de_lei_exevutivo115.2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3372/projeto_de_lei_executivo116.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3387/projeto_de_lei_executivo117.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3388/projeto_de_lei_executivo118.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3389/projeto_de_lei_executivo119.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3407/projeto_de_lei_executivo120.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3423/projeto_de_lei_121.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3456/projeto_de_lei_122.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3457/projeto_de_lei_123.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3458/projeto_de_lei_124.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3459/projeto_de_lei_125.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3460/projeto_de_lei_126.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3461/projeto_de_lei_exec_127.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3462/projeto_de_lei_exec._128.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3480/projeto_de_lei_129.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3482/projeto_de_lei_130.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3488/projeto_de_lei_131.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3489/projeto_de_lei_132.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3490/projeto_de_lei_133.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3491/projeto_de_lei_134.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3492/projeto_de_lei_135.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3498/projeto_de_lei_136.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3530/projeto_de_lei_exec._137.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3568/projero_de_lei_ex_138.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3569/projeto_de_lei_ex_139.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3570/projeto_de_lei_ex_140.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3571/projeto_de_lei_ex_141.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3580/projeto_de_lei_exec._142.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_exec._143.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3582/projeto_de_lei_exec._144.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_poder_executivo_145.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3594/pl_poder_executivo_146.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3595/pl_poder_executivo_147.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_poder_executivo_148.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3605/projeto_de_lei_executivo149.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3606/projeto_de_lei_executivo150.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3607/projeto_de_lei_executivo151.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3609/projeto_de_lei_executivo153.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3610/projeto_de_lei_executivo154.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3629/projeto_de_lei_executivo_155.2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3646/projeto_de_lei_exec._156.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3647/projeto_de_lei_exec._157.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_exec._158.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_exec._159.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_exec._160.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3656/projeto_de_lei_exec_161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3657/projeto_de_lei_exec_162.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3666/projeto_de_lei_163.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3667/pl164_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3684/projeto_de_lei_exec._165.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3685/projeto_de_lei_exec._166.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3686/projeto_de_lei_exec.167.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3693/projeto_de_lei_168.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3694/projeto_de_lei_169.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/projeto_de_lei_exec._170.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_exec._171.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_exec.172.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3755/projeto_de_lei_exec.173.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_exec._174.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_exec._175.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3784/projeto_de_lei_exec._176.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_exec._177.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_exec.178.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_exec_179.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3811/projeto_de_lei_exec_180.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3841/projeto_de_lei_exec._181.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_exec_182.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3868/projeto_de_lei_exec.183.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3876/projeto_de_lei_exec._184.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3877/projeto_de_lei_exec._185.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3878/projeto_de_lei_exec._186.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3879/projeto_de_lei_exec._187.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3887/projeto_de_lei__exec._188.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3893/projeto_de_lei_executivo_189.2025_loa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_exec._190.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2550/projeto_de_lei_1.2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2555/projeto_de_lei_exec_002-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2556/projeto_de_lei_exec_003-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2557/projeto_de_lei_exec_004-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2558/projeto_de_lei_exec_005-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2559/projeto_de_lei_exec_006-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2560/projeto_de_lei_exec_007-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2561/projeto_de_lei_exec_008-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2562/projeto_de_lei_exec_009-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_exec_010-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_lei_exec_011-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2570/projeto_de_lei_exec_012-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_exec_013-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2572/projeto_de_lei_exec_014-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2573/projeto_de_lei_exec_015-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2574/projeto_de_lei_exec_016-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_exec_017-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2593/projeto_de_lei_exec_018-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2594/projeto_de_lei_exec_019-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2595/projeto_de_lei_exec_020-2024_urgencia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2596/projeto_de_lei_exec_021-2024_urgencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2597/projeto_de_lei_exec_022-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2618/projeto_de_lei_exec_023-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2620/projeto_de_lei_exec_024-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2621/projeto_de_lei_exec_025-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2622/projeto_de_lei_exec_026-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2623/projeto_de_lei_exec_027-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2624/projeto_de_lei_exec_028-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2625/projeto_de_lei_exec_029.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2626/projeto_de_lei_exec_030-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2634/projeto_de_lei_031-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2643/projeto_de_lei_exec_032-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2644/projeto_de_lei_exec_033-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2645/projeto_de_lei_exec_034-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2646/projeto_de_lei_exec_035-2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2647/projeto_de_lei_exec_036.2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2648/projeto_de_lei_exec_037-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2649/projeto_de_lei_exec_038-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2650/projeto_de_lei_exec_039-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2651/projeto_de_lei_exec_040-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2653/projeto_de_lei_exec_041-2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2659/projeto_de_lei_exec_042-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2660/projeto_de_lei_exec_043-2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2661/projeto_de_lei_exec_044-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2662/projeto_de_lei_exec_045-2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2663/projeto_de_lei_exec_046-2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2664/projeto_de_lei_exec_047-2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2665/projeto_de_lei_exec_048-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2666/projeto_de_lei_exec_049-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2667/projeto_de_lei_exec_050-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2668/projeto_de_lei_exec_051-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2669/projeto_de_lei_exec_052-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2670/projeto_de_lei_exec_053-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2678/projeto_de_lei_exec_054-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2685/projeto_de_lei_exec_055.2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2686/projeto_de_lei_exec_056.2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2687/projeto_de_lei_exec_057.2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2688/projeto_de_lei_exec_058.2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2689/projeto_de_lei_exec_059.2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2690/projeto_de_lei_exec_060.2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2694/projeto_de_lei_exec_061-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2695/projeto_de_lei_exec_062-2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2696/projeto_de_lei_exec__063-2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2697/projeto_de_lei_exec_064-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2703/projeto_de_lei_exec__065.2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2704/projeto_de_lei_exec_066.2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_lei_exec__067.2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2713/projeto_de_lei_068-2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2720/projeto_de_lei_exec_069-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2721/projeto_de_lei__exec_070-2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2722/projeto_de_lei__exec_071-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2723/projeto_de_lei_exec_072-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2725/projeto_de_lei_exec__073-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2726/projeto_de_lei_exec_074-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2727/projeto_de_lei_exec_075-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2728/projeto_de_lei_exec__076-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2729/projeto_de_lei_exec_077-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2736/projeto_de_lei_exec__078-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2740/projeto_de_lei_exec_079-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2741/projeto_de_lei_exec__080-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2749/projeto_de_lei_exec_081-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2750/projeto_de_lei_exec_082-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2751/projeto_de_lei_exec_083-2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2752/projeto_de_lei_exec_084-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2753/projeto_de_lei_exec_085-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2754/projeto_de_lei_exec_086-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2771/projeto_de_lei_087-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2772/projeto_de_lei_088-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2773/projeto_de_lei_089-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2778/projeto_de_lei_exec_090-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2779/projeto_de_lei_exec_091-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2780/projeto_de_lei_exec_092-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2781/projeto_de_lei_exec_093-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2782/projeto_de_lei_exec_094-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2783/projeto_de_lei_exec_095-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2784/projeto_de_lei_exec_096-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2785/projeto_de_lei_exec_097-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2794/projeto_de_lei_exec_098-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2801/projeto_lei_exec_099-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2807/projeto_de_lei_exec_100-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2808/projeto_de_lei_exec_101-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2819/projeto_de_lei_102.2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2823/projeto_de_lei_exec_103-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2824/projeto_de_lei_exec_104-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2825/projeto_de_lei_exec_105-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2829/projeto_de_lei_106.2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2830/projeto_de_lei_107.2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2835/projeto_de_lei_exec_108-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2836/projeto_de_lei_exec__109-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2837/projeto_de_lei_exec_110-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2844/projeto_de_lei_111.2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2845/projeto_de_lei_112.2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2850/projeto_de_lei_113.2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2851/projeto_de_lei_114.2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2852/projeto_de_lei_115.2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2853/projeto_de_lei_116-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2860/projeto_de_lei_117-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2865/projeto_de_lei_118.2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2866/projeto_de_lei_119.2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2867/projeto_de_lei_120.2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2868/projeto_de_lei_121.2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2871/projeto_de_lei_122-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_123-2024__com_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2898/projeto_de_lei_124.2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2899/projeto_de_lei_125.2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2908/projeto_de_lei_126.2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2911/projeto_de_lei_127.2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2912/projeto_de_lei_128.2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2913/projeto_de_lei_129.2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2921/projeto_de_lei_130-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_131.2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_132.2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2096/projeto_de_lei_exec._001_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2097/projeto_de_lei_exec._002_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2098/projeto_de_lei_exec._003_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2099/projeto_de_lei_exec._004_2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2100/projeto_de_lei_exec._005_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2101/projeto_de_lei_exec._006_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2102/projeto_de_lei_exec._007_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2103/projeto_de_lei_exec._008_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2104/projeto_de_lei_exec._009_2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2105/projeto_de_lei_exec._010_2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2106/projeto_de_lei_exec._011_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2107/projeto_de_lei_exec._012_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2108/projeto_de_lei_exec._013_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2109/projeto_de_lei_exec._014_2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2110/projeto_de_lei_exec._015_2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2111/projeto_de_lei_exec._016_2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_exec._017_2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2113/projeto_de_lei_exec._018_2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2114/projeto_de_lei_exec._019_2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2115/projeto_de_lei_exec._020_2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2116/projeto_de_lei_exec._021_2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2117/projeto_de_lei_exec._022_2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2118/projeto_de_lei_exec._023_2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_exec._024_2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_lei_exec._025_2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2121/projeto_de_lei_exec._026_2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2122/projeto_de_lei_exec._027_2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2131/projeto_de_lei_exec._028_2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2134/projeto_de_lei_exec._029_2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2135/projeto_de_lei_exec._030_2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2141/projeto_de_lei_exec._031_2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2142/projeto_de_lei_exec._032_2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2143/projeto_de_lei_exec._033_2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2144/projeto_de_lei_exec._034_2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2145/projeto_de_lei_exec._035_2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2146/projeto_de_lei_exec._036_2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2147/projeto_de_lei_exec._037_2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_exec._038_2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_exec._039_2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2159/projeto_de_lei_exec._040_2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_exec._041_2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_exec._042_2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2176/projeto_de_lei__no_043-2023_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2177/projeto_de_lei_no_044-2023_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2178/projeto_de_lei_no_045-2023_ciclismo_calandario_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2195/projeto_de_lei_046-2023_.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_047-2023_.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2197/projeto_de_lei_048-2023_.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2198/projeto_de_lei_049-2023_.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2199/projeto_de_lei_050-2023_.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2200/projeto_de_lei_051-2023_.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2201/projeto_de_lei_052-2023_.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_lei_053-2023_.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2203/projeto_de_lei_054-2023_.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_055-2023_.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2205/projeto_de_lei_exec._056_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2206/projeto_de_lei_exec._057_2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2207/projeto_de_lei_exec._058_2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2208/projeto_de_lei_exec._059_2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2209/projeto_de_lei_exec._060_2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_exec._061_2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_exc._062_2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_exc._063_2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2225/projeto_de_lei_exc._064_2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2226/projeto_de_lei_exc._065_2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2230/projeto_de_lei_exec._exp._066_2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2234/projeto_de_lei_exec._exp._067_2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2235/projeto_de_lei_exec._exp._068_2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_exec._exp._070_2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_exec._exp._071_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_exec._exp._072_2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_exec._exp._073_2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_exec._exp._074_2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2257/projeto_de_lei_exc_075_2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2258/projeto_de_lei_exc_076_2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_exc_077_2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_exc_078_2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_exc._079_2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_no_080-2023_altera_4332.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_no_081-2023_aumento_real_empregos_publicos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_no_082-2023_credito_suplementar_sme.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2276/projeto_de_lei_executivo_no_083-2023_contrato_temporario_op_maquina.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2277/projeto_de_lei_executivo_no_084-2023_altera_leis_2452_e_3056.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2278/projeto_de_lei_executivo_no_085-2023_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2279/projeto_de_lei_executivo_no_086-2023_altera_lei_4335.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2289/projeto_de_lei_executivo_no_087-2023_plano_de_cultura_municipio_de_mostardas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei_exec._088_2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2300/projeto_de_lei_executivo_no_089-2023_valores_passagens_linhas_municipais.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_executivo_no_090-2023_auxilio_financeiro_alunos_rede_municipal_e_estadual.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2302/projeto_de_lei_executivo_no_091-2023_credito_especial_smostt.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_executivo__no_092-2023_credito_suplementar_smostt.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2304/projeto_de_lei_executivo_no_093-2023_credito_especial_sme.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_lei_exec._094.2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_exec._095.2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2318/projeto_de_lei_exec.096.2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei_exec.097.2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_exec._098.2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2337/projeto_de_lei_exec._099.2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_exec._100.2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2339/projeto_de_lei_exec._101.2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2340/projeto_de_lei_exec._102.2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2341/projeto_de_lei_exec._103.2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_exec._104.2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2358/projeto_de_lei_exec._105.2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_exec._106.2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_107.2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_108.2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2367/projeto_de_lei_109.2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2368/projeto_de_lei_110.2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_lei_111.2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei_112.2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2378/projeto_de_lei_113.2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2379/projeto_de_lei_114.2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2384/projeto_de_lei_exec._115.2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2385/projeto_de_lei_exec._116.2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2386/projeto_de_lei_exec._117.2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2387/projeto_de_lei_exec._118.2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2412/projeto_de_lei_exec._119.2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2439/projeto_de_lei_exec._120.2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_exec._121.2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_122-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_executivo_123-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_executivo_124-2023_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_executivo_125-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_executivo_126-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2463/projeto_de_lei_exec._127.2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_exec._128.2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_129-2023_altera_lei_4335.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_130-2023_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2472/projeto_de_lei_exec._131.2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_de_lei_exec._132.2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_de_lei_exec._133.2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_de_lei_exec._134.2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_de_lei_exec._135.2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_de_lei_exec._136.2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_de_lei_exec_137.2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_de_lei_exec_138.2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2494/projeto_de_lei_139-2023_credito_especial_smtc.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2495/projeto_de_lei_exec._140.2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_de_lei_exec._141.2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_de_lei_142.2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_de_lei_143-2023_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_de_lei_144.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_de_lei_145.2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2513/projeto_de_lei_exec._146.2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_147.2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_148.2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_149.2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_150.2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_151.2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2523/projeto_de_lei_152.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2524/projeto_de_lei_153.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2525/projeto_de_lei_154.2023_exec.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2526/projeto_de_lei_155.2023_exec.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2527/projeto_de_lei_156.2023_exec.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2528/projeto_de_lei_157.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_de_lei_158.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_de_lei_159.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_de_lei_160.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_de_lei_161.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_162.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2534/projeto_de_lei_163.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2535/projeto_de_lei_164.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_165.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2537/projeto_de_lei_166.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2538/projeto_de_lei_167.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2539/projeto_de_lei_168.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2540/projeto_de_lei_169.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2541/projeto_de_lei_170.2023._exec.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/projeto_de_lei_001-2022_altera_lei_4334.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_002-2022_contrato_temporario_motorista_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_003-2022_contrato_temporario_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_004-2022_contrato_temporario_monitor.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_005-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1663/projeto_de_lei_006-2022_contrato_temporario_prof._matematica.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_007-2022_contrato_temporario_prof._ciencias.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_008-2022_contrato_temporario_serv._merendeira.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/projeto_de_lei_009-2022_contrato_temporario_serv._geral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_010-2022_contrato_temporario_prof_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_011-2022_contrato_temporario_prof._educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_012-2022_reest._comturc.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_013-2022_prorroga_prazo_lei_4185.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/projeto_de_lei_014-2022_revoga_leis_2503_3089_3272_3273.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/projeto_de_lei_015-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_016-2022_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_017-2022_contrato_temporario_motorista_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_018-2022_credito_especial_smos.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_019-2022_altera_lei_2816.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_020-2022_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_021-2022_contrato_temporario_servente_de_merendeira.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_022-2022_contrato_temporario_prof_ed._infantil.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_023-2022_credito_suplementar_smf_e_smos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_024-2022_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_025-2022_credito_especial_sme.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_026-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_027-2022_incremento_financeiro_hospital_sao_luiz.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_028-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_029-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_030-2022_contrato_temporario_-_operario.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/projeto_de_lei_031-2022_altera_lei_3669.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_de_lei_032-2022_credito_suplementar_smt.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/projeto_de_lei_033-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_034-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_035-2022_credito_suplementar_sma.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_036-2022_credito_suplementar_sma.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_037-2022_credito_especial_smas.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_038-2022_credito_suplementar_smosb.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_039-2022_altera_lei_4332.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_040-2022_altera_lei_4333.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_041-2022_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_042-2022_contrato_temporario_fiscal.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_043-2022_contrato_temporario_op._maq._eq._agricula.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_044_2022_altera_lei_4336.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_045-2022_contrato_temporario_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/projeto_de_lei_046-2022_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_047-2022_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_048-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/projeto_de_lei_049-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_lei_050-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/projeto_de_lei_051_2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_052_2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_053_2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_054_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_055_2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_056_2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_057_2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_058_2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/projeto_de_lei_059_2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/projeto_de_lei_060_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_061_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/projeto_de_lei_062_2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_063_2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_064_2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_065_2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_066_2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/projeto_de_lei_067_2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_068_2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei._exec._069_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/projeto_de_lei._exec._070_2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei._exec._071_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei._exec._072_2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_exec._073_2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/projeto_de_lei_exec_074_2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_lei_exec_075_2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/projeto_de_lei_exec_076_2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_exec_077_2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/projeto_de_lei_exec_078_2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_exec_079_2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_exec_080_2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_exec_081_2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/projeto_de_lei_exec._082_2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/projeto_de_lei_exec._083_2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/projeto_de_lei_exec._084_2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_085-2022_contrato_temporario_prof_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_de_lei_086-2022_contrato_temporario_serv._geral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_087-2022_credito_suplementar_smott.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_088-2022_altera_3103.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_089-2022_define_atividades_insalubres.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/projeto_de_lei_090-2022_altera_lei_3915.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_091-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_092-2022_credito_especial_e_suplemementar_smt.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_093-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_094-2022_credito_especial_sme.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/projeto_de_lei_095-2022_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_096-2022_credito_suplementar_sme.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_097-2022_credito_suplementar_sme.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_098-2022_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_099-2022_altera_lei_2328.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/projeto_de_lei_100-2022_altera_lei_3259.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/projeto_de_lei_101-2022_cria_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_102-2022_credito_especial_smostt.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_103-2022_altera_lei_4344_2857_e_4011.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_104-2022_contrato_temporario_fiscal.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/projeto_de_lei_105-2022_cria_cargo_ass_adm_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/projeto_de_lei_106-2022_credito_cef.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_107-2022_cria_programa_prevencao_e_combate_mosquito_aedes_aegypti.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_108-2022_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1902/projeto_de_lei_109-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1907/projeto_de_lei_110-2022_contrato_temporario_prof._ciencias.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_de_lei_111-2022_cargo_ag._adm_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_de_lei_112-2022_alteral_lei_4255.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_de_lei_113-2022_comunidade_tradicional_pescadores.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_lei_114-2022_altera_lei_2999.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_115-2022_da_nome_estradas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_de_lei_116-2022_altera_lei_2063.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_117-2022_regulamenta_construcoes.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_118_-022_concessao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1929/projeto_de_lei_exp_119_2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_exp._120_2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_exp._121_2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_exp._122_2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1944/projeto_de_lei_123-2022_concessao_loja_maconica.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1945/projeto_de_lei_124-2022_reestrutura_quadro_emprego_publico.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1946/projeto_de_lei_125-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1959/projeto_de_lei_126-2022_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_de_lei_127-2022_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1961/projeto_de_lei_128-2022_smade.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1962/projeto_de_lei_129-2022_horario_farmacias_da_sede.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_exec_130_2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_exec_131_2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_exec._132_2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_exec._133_2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1974/projeto_de_lei_134-2022_credito_suplementar_secretarias.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_de_lei_135_2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_de_lei_136-2022_termo_aditivo_amlinorte_2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_de_lei_137-2022_termo_aditivo_amlinorte_2018_a_2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_de_lei_138-2022_termo_aditivo_amlinorte_2022_a_2023.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_139-2022_altera_lei_4336.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1984/projeto_de_lei_140-2022_credito_especial_smas.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei__141-2022_altera_lei_4332.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_de_lei_142-2022_altera_lei_4333.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_de_lei_143-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_144-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_145-2022_rateio_de_honorarios.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_146-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_147-2022_credito_especial_smas.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_148-2022_credito_especial_smade.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_149-2022_ldo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_150-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2011/projeto_de_lei_151-2022_contrato_temporario_operario.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_exec._152_2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_exec._153_2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2020/projeto_de_lei_exec._154_2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_exec._155_2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2024/projeto_de_lei_exec._156_2022_.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_exec._157_2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_exec._158_2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei._exec_159_2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei._exec_160_2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_exec._161_2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_exec._162_2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_exe._163_2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2054/projeto_de_lei_exec._164_2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2055/projeto_de_lei_exec._165_2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2056/projeto_de_lei._exec._166_2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2057/projeto_de_lei_exec._167_2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2065/projeto_de_lei_exec._168_2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2066/projeto_de_lei_exec._169_2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2067/projeto_de_lei_exec._170_2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2068/projeto_de_lei_exec._171_2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2069/projeto_de_lei_exec._172_2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2070/projeto_de_lei_exec._173_2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_exec._174_2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_exec._175_2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_exec_176_2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_001-2021_concessao_uso_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_002-2021_revoga_a_lei_4110.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_003-2021_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1253/projeto_de_lei_004-2021_altera_denominacao_chefia.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1254/projeto_de_lei_005-2021_altera_anexos_ii-1_e_ii-58_chefe_de_gabinete_e_assessor_da_chefia_de_gabinete.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_de_lei_006-2021__credito_especial-cg.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_de_lei_007-2021_prorroga_prazo_da_lei_4062.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_de_lei_008-2021_prorroga_prazo_da_lei_4061.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_009-2021_prorroga_prazo_da_lei_4059.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_de_lei_010-2021_revoga_a_lei_3265.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_011-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_012-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_013-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_014-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_015-2021_contrato_temporario-professor_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_016-2021_contrato_temporario-professor_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_017-2021_contrato_temporario-servente_geral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_018-2021_contrato_temporario-professor_ciencias.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_019-2021_contrato_temporario-professor_ciencias.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_020-2021_contrato_temporario-servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_021-2021_contrato_temporario-atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_022-2021_altera_leis_4175_e_4177.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_023-2021_isencao_mei.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_024-2021_estimulo_arrecadacao_2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_025-2021_altera_lei_2452-taxa_coleta_lixo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei_026-2021_refis_2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_027-2021_altera_lei_3519.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1279/projeto_de_lei_028-2021_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1294/projeto_de_lei_030-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1295/projeto_de_lei_031-2021_contrato_temporario_-_op._maq._eq._rodoviario.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1296/projeto_de_lei_032-2021_mecanico_de_veiculos_pesados.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_033-2021_revoga_lei_2759.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_034-2021_contrato_temporario-motorista_onibus.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_035-2021_credito_especial-conselho_tutelar_1.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1329/projeto_de_lei_036-2021_credito_especial-smostt.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1330/projeto_de_lei_037-2021_acoes_ceee.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1331/projeto_de_lei_038-2021_compra_vacinas-famurs.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_039-2021_protocolo_intencoes_vacinas.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_040-2021_prorroga_pgto_iptu.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_041_reestrutura_fundeb_2.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1336/pl_042.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1337/pl_043.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_044-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_045-2021_contrato_temporario_tec._enfermagem.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_046-2021_altera_lei_2582.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_047-2021_credito_especial_camara.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_048-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_049-2021_convenio_osorio.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_050-2021_altera_lei_1550.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_051-2021_altera_4146.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_052-2021_contrato_temporario_op._de_maq._e_eq._agricola_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_053-2021_termo_cessao_hospital_sao_luiz.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_054-2021_altera_3603.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_055-2021_prorroga_prazo_certidao_hospital.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_056-2021_contrato_temporario_prof._matematica.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_057-2021_contrato_temporario_prof._series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_058-2021_contrato_temporario_-_fiscal.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_059-2021_alienar_titulos_de_divida_agraria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_060-2021_credito_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_061-2021_contrato_temporario_-_motorista_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_062-2021_contrato_temporario_-_serv._merendeira.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/projeto_de_lei_063-2021_suprime_artigo_1550.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/projeto_de_lei_064-2021_contrato_temporario_-_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/projeto_de_lei_065-2021_contrato_temporario_-_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_066-2021_contrato_temporario_advogado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_067-2021_altera_1550.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/projeto_de_lei_068-2021_contrato_temporario_-_professor_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_069-2021_isenta_taxa_de_isencao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_070-2021_impacto_de_vizinhanca.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_071-2021_contrato_temporario_-servente_geral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_072-2021_contrato_temporario_-_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_073-2021_contrato_temporario_-_fiscal.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_074-2021_revoga_lei_4206.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_075-2021_contrato_temporario_-_fiscal.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_076-2021_contrato_temporario_-_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/projeto_de_lei_077-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/projeto_de_lei_078-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_079-2021_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_080-2021_termo_de_cooperacao_sec._agric..pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_081-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_082-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_083-2021_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_084-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_085-2021_altera_lei_4225.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_086-_2021_credito_suplememntar.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_087-2021_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei_088-2021_plano_plurianual_ppa_2022_2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1471/projeto_de_lei_089-2021_contrato_temporario_-_psicologo.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_090-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/ple91.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/ple92.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_093-2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_094-2021_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_095-2021_credito_especial_smtc.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/projeto_de_lei_096-2021_revoga_lei_3370.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_097-2021_contrato_temporario_prof._series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_098-2021_contrato_temporario_-_prof._series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/projeto_de_lei_099-2021_contrato_temporario_monitor.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_100-2021_credito_especial_smos.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_101-2021_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1494/projeto_de_lei_102-2021_regime_de_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_103-2021_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_104-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_105-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_106-2021_altera_lei_2066.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_107-2021_amortizacao_deficit_tecnico.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_108-2021_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_109-2021_permuta_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_110-2021_outorga_concessao_uso.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_111-2021_outorga_cocessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_112-2021_outorga_concessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_113-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_114-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_115-2021_credito_especial_nf_gaucha.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_116-2021_altera_2066.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_117-2021_credito_especial_smo.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_118-2021_credito_especial_cm.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_executivo_119-2021_credito_especial_smf.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_executivo_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_121-2021_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_122-2021_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_123_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/projeto_de_lei_124_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_125-2021_credito_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_de_lei_126-2021_jurisdicao_judicial.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/projeto_de_lei_127-2021_contrato_temporario_-_tec._enfermamagem.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/projeto_de_lei_128-2021_credito_suplementar_smso.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1570/projeto_de_lei_129-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_do_exec._-_130.2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_do_exec._-_131.2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_132-2021_pagamento_debitos_judiciais.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/projeto_de_lei_133-2021_conselho_municipal_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_134-2021_altera_lei_3103.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/projeto_de_lei_135-2021_educacao_de_todas_as_cores.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/projeto_de_lei_136-2021_credito_especial_smos.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_137-2021_aletar_lei_4225.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_138-2021_contrato_temporario_advogado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_executivo_139_loa_2022.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/ple_140.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_141-2021_credito_suplementar-sme.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/projeto_de_lei_142-2021__reestrutura_rpps.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_143-2021_regime_juridico_novo.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_144-2021__insalubridade.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_145-2021_plano_carreira_servidores-novo_1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_146_plano_carreira_magisterio.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_147-2021_altera_leis_2679_e_3295-vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_148-2021_altera_lei_2817.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_149-2021_outorga_de_concessao_real_de_uso.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_150-2021_contrato_temporario_-_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_de_lei_151-2021_revisao_geral_servidores_ativos_e_inativos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_152-2021_revisao_geral_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1630/projeto_de_lei_153-2021_revisao_geral_empregos_publicos.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1631/projeto_de_lei_154-2021_altera_valor_rm.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1632/projeto_de_lei_155-2021_contrato_temporario_-_motorista_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1639/projeto_de_lei_156-2021_permissao_de_uso_de_faixa_de_dominio.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1069/projeto_de_lei_001-2020.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1070/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1071/projeto_de_lei_003-2020.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1072/projeto_de_lei_004-2020.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1083/projeto_de_lei_005-2020_credito_suplementar-ces_iPbXxni.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_de_lei_006-2020_servicos_hospitalares-repasse.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_de_lei_007-2020_projeto-revisao_geral_servidor.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1086/projeto_de_lei_008-2020_projeto-revisao_geral_c_CtiSyRG.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_009-2020_rpps-aliquota.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_de_lei_010-2020_superavit__saldos_exerc_WGFgahb.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1089/projeto_de_lei_011-2020_aumento_real_servidores.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1090/projeto_de_lei_012-2020.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1091/projeto_de_lei_013-2020.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1092/projeto_de_lei_013-2020.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1093/projeto_de_lei_015-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1094/projeto_de_lei_016-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1095/projeto_de_lei_017-2020.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1096/projeto_de_lei_018-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1097/projeto_de_lei_019-2020.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1098/projeto_de_lei_020-2020_ZDlUpPh.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1099/projeto_de_lei_021-2020.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1100/projeto_de_lei_022-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1101/projeto_de_lei_023-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1102/projeto_de_lei_024-2020.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1103/projeto_de_lei_025-2020.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1104/projeto_de_lei_026-2020.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1105/projeto_de_lei_027-2020.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1107/projeto_de_lei_029-2020.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1108/projeto_de_lei_030-2020.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1109/projeto_de_lei_031-2020.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1110/projeto_de_lei_032-2020.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1113/projeto_de_lei_033-2020_contrato_temporario_operario.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1114/projeto_de_lei_034-2020_aumento_real_servidores.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1115/projeto_de_lei_035-2020_prorroga_contratacao_po_wZJgqcK.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1116/projeto_de_lei_036-2020_credito_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1118/projeto_de_lei_037-2020_prorroga_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1120/projeto_de_lei_038-2020_contrato_temporario-pro_D9cNCpn.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1121/projeto_de_lei_039-2020_contrato_temporario-pro_pdrK1Tv.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1122/projeto_de_lei_040-2020_contrato_temporario-motorista.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_041-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1124/projeto_de_lei_042-2020_aumento_real_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1125/projeto_de_lei_043-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1126/projeto_de_lei_044-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1134/projeto_de_lei_045-2020_locacao_de_predio_dispe_5dkFxAh.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1135/projeto_de_lei_046-2020_locar_predio_dispensa_licitacao.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1136/projeto_de_lei_047-2020_locar_predio_dispensa_licitacao.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1137/projeto_de_lei_048-2020_prorrogacao_prazo_contr_gBPHUoQ.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1138/projeto_de_lei_049-2020_calendario_de_eventos_2020.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1139/projeto_de_lei_050-2020.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1140/projeto_de_lei_051-2020.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1141/projeto_de_lei_052-2020.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1143/projeto_de_lei_053-2020.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1142/projeto_de_lei_054-2020.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1144/projeto_de_lei_055-2020.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1145/projeto_de_lei_056-2020.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1148/projeto_de_lei_057-2020_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1150/projeto_de_lei_058-2020_credito_especial-smostt.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1151/projeto_de_lei_059-2020_deposito_areia.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1152/projeto_de_lei_060-2020_contrato_temporario-op._Zxz9cP4.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1153/projeto_de_lei_061-2020_altera_lei_2624.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1154/projeto_de_lei_062-2020_credito_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1155/projeto_de_lei_063-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1156/projeto_de_lei_064-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1157/projeto_de_lei_065-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1158/projeto_de_lei_066-2020_atencao_aos_animais.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1159/projeto_de_lei_067-2020_credito_suplementar-sms-1.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1160/projeto_de_lei_068-2020_nova_redacao_artigo_da_lei_4100.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1163/projeto_de_lei_069-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1164/projeto_de_lei_070-2020_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1165/projeto_de_lei_071-2020_pagamento_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1166/projeto_de_lei_072-2020_altera_a_lei__2328.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1167/projeto_de_lei_073-2020_rpps_2020.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1168/projeto_de_lei_074-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1169/projeto_de_lei_075-2020_-_retirar-se_consorcio__eRxpvol.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1177/projeto_de_lei_077-2020_altera_lei__4121.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1178/projeto_de_lei_078-2020_contrato_temporario-pro_Ky7vMZ3.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1179/projeto_de_lei_079-2020_contrato_temporario-pro_peYyLFn.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1180/projeto_de_lei_080-2020_contrato_temporario-pro_Fv5F51K.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1181/projeto_de_lei_081-2020_credito_especial-sme_1.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1182/projeto_de_lei_082-2020_credito_especial-smasth_f6r019c.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1183/projeto_de_lei_083-2020_altera_lei_municipal_4011.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1184/projeto_de_lei_084-2020_altera_tabela_lei_4050.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1185/projeto_de_lei_085-2020_contrato_temporario_medico.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1186/projeto_de_lei_086-2020_contrato_temporario_cir_6lZKY4D.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1187/projeto_de_lei_087-2020_contrato_temporario_tec_pvF7wmP.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1188/projeto_de_lei_088-2020_contrato_temporario_mot_B5woCao.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1189/projeto_de_lei_089-2020_contrato_temporario_-_motorista.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1192/projeto_de_lei_090-2020_acordo_extrajudicial_metrobus.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1193/projeto_de_lei_091-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1194/projeto_de_lei_092-2020_dispoe_sobre_o_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1197/projeto_de_lei_093-2020_credito_especial_smostt.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_094-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1200/projeto_de_lei_095-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1201/projeto_de_lei_096-2020_altera_artigo_2328.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_097-2020_contencao_e_enfrentamen_Bmf6MVf.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_098-2020_regularizacao_de_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_de_lei_099-2020_da_nome_auditorio_e_revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_100-2020_atividades_recriativas.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1211/projeto_de_lei_101-2020_altera_lei_3897_-_tarifa_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1212/projeto_de_lei_102-2020_reformula_cmdr.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1214/projeto_de_lei_103-2020_credito_especial_e_suplementar-sms_1.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_104-2020_lei_das_diretrizes_orcamentarias_ldo.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_105-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1220/projeto_de_lei_106-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1222/projeto_de_lei_107-2020.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1223/projeto_de_lei_108-2020_loa.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_110-2020_altera_lei_4041.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1226/projeto_de_lei_111-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1227/projeto_de_lei_112-2020_altera_redacao_lei_2452.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1228/projeto_de_lei_113-2020_autoriza_a_locar_predio.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1229/projeto_de_lei_114-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1230/projeto_de_lei_115-2020_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1231/projeto_de_lei_116-2020_autoriza_a_receberareas_de_terra.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1233/projeto_de_lei_117-2020_contrato_temporario_operador_de_maquina.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1234/projeto_de_lei_118-2020_altera_valor_rm.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_de_lei_119-2020_outorga_permissao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_de_lei_120-2020_contrato_temporario-op.maq.equip.agric..pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1237/projeto_de_lei_121-2020_prorroga_prazo_da_lei_4062.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1238/projeto_de_lei_122-2020_prorroga_prazo_da_lei_4061.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1239/projeto_de_lei_123-2020_prorroga_prazo_da_lei_4059.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/728/projeto_de_lei_001-2019.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/730/projeto_de_lei_003-2019.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/731/projeto_de_lei_004-2019.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/732/projeto_de_lei_005-2019.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_006-2019.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_007-2019.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/735/projeto_de_lei_008-2019.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/736/projeto_de_lei_009-2019.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/737/projeto_de_lei_010-2019.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/738/projeto_de_lei_011-2019.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/758/projeto_de_lei_012-2019.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/759/projeto_de_lei_013-2019.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_de_lei_014-2019.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_de_lei_015-2019.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_de_lei_016-2019.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_de_lei_017-2019.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_de_lei_018-2019.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_019-2019.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_de_lei_020-2019.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_de_lei_021-2019.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/768/projeto_de_lei_022-2019.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_023-2019.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_024-2019.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_025-2019.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_026-2019.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_027-2019.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/774/projeto_de_lei_028-2019.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_de_lei_029-2019.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_de_lei_030-2019.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_de_lei_031-2019.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_de_lei_032-2019.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_033-2019.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_034-2019.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_035-2019.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_036-2019.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_037-2019.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_038-2019.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_039-2019.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_040-2019.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_041-2019.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_042-2019.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei_043-2019.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_044-2019.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_045-2019.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/814/projeto_de_lei_046-2019.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/815/projeto_de_lei_047-2019.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_048-2019.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_de_lei_049-2019.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_de_lei_050-2019.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_de_lei_051-2019.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_de_lei_052-2019.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/821/projeto_de_lei_053-2019.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_de_lei_054-2019.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_de_lei_055-2019.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_de_lei_056-2019.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_de_lei_057-2019.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_de_lei_058-2019.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_de_lei_059-2019.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_de_lei_060-2019.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_de_lei_061-2019.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/852/projeto_de_lei_062-2019.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_063-2019.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_064-2019.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/856/projeto_de_lei_065-2019.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_de_lei_066-2019.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_de_lei_067-2019.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_de_lei_068-2019.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/866/projeto_de_lei_069-2019.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/867/projeto_de_lei_070-2019.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/868/projeto_de_lei_071-2019.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_lei_072-2019.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_073-2019.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/880/projeto_de_lei_074-2019.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_de_lei_075-2019.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_lei_076-2019.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_077-2019.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_078-2019.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/888/projeto_de_lei_079-2019.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/889/projeto_de_lei_080-2019.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/890/projeto_de_lei_081-2019.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/896/projeto_de_lei_082-2019.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_083-2019.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/898/projeto_de_lei_084-2019.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/901/projeto_de_lei_085-2019.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/906/projeto_de_lei_086-2019.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/913/projeto_de_lei_087-2019.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/919/projeto_de_lei_088-2019.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/920/projeto_de_lei_089-2019.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_090-2019.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/922/projeto_de_lei_091-2019.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/923/projeto_de_lei_092-2019.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/926/projeto_de_lei_093-2019.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/927/projeto_de_lei_094-2019.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/928/projeto_de_lei_095-2019.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/940/projeto_de_lei_096-2019.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/941/projeto_de_lei_097-2019.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/942/projeto_de_lei_098-2019.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_099-2019.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/944/projeto_de_lei_100-2019.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/947/projeto_de_lei_101-2019.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/948/projeto_de_lei_102-2019.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei_103-2019.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/951/projeto_de_lei_104-2019.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/952/projeto_de_lei_105-2019.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/963/projeto_de_lei_106-2019.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/964/projeto_de_lei_107-2019.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/965/projeto_de_lei_108-2019.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_109-2019.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_110-2019.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_111-2019.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/974/projeto_de_lei_112-2019.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/975/projeto_de_lei_113-2019.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/994/projeto_de_lei_114-2019.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/996/projeto_de_lei_115-2019.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1002/projeto_de_lei_116-2019.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1003/projeto_de_lei_117-2019.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1005/projeto_de_lei_118-2019.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1006/projeto_de_lei_119-2019.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1011/projeto_de_lei_120-2019.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1012/projeto_de_lei_121-2019.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_122-2019.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_123-2019.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_124-2019.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_125-2019.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1017/projeto_de_lei_126-2019.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1022/projeto_de_lei_127-2019.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1023/projeto_de_lei_128-2019.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1024/projeto_de_lei_129-2019.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_130-2019.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_131-2019.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_132-2019.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_133-2019.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1048/projeto_de_lei_134-2019.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1049/projeto_de_lei_135-2019.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1051/projeto_de_lei_136-2019.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1052/projeto_de_lei_137-2019.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_138-2019.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1058/projeto_de_lei_139-2019.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1059/projeto_de_lei_140-2019.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1060/projeto_de_lei_141-2019.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1061/projeto_de_lei_142-2019.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1062/projeto_de_lei_143-2019.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1063/projeto_de_lei_144-2019.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1064/projeto_de_lei_145-2019.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_148-2019.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/307/001-contrato-emergencial-op.-patrulha-agr-cola-smade-.doc" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/308/002-loca-o-pr-dio-almoxarifado-.doc" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/311/005-contrato-emergencial-psic-loga-.doc" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/312/006-contrato-tempor-rio-fiscal-.doc" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/313/007-renova-o-loca-o-pr-dio-.doc" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/314/008-loca-o-pr-dio-subprefeitura-.doc" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/315/009-contrato-tempor-rio-engenheiro-civil-.doc" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/319/011-revis-o-geral-.doc" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/317/012-revis-o-geral-conselho-tutelar-.doc" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/318/013-cedencia-nossa-senhora-aparecida-.doc" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/320/014-contrato-emergencial-op.-m-quinas-smostt-.doc" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/321/015-conv-nio-emater-.doc" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/322/016-contrato-tempor-rio-professor-ed.-f-sica-.doc" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/323/017-contrato-tempor-rio-professor-t-c.-agr-colas-.doc" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/324/018-contrato-tempor-rio-professor-ed.-infantil-.doc" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/325/019-contrato-tempor-rio-professor-espanhol-.doc" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/326/020-contrato-tempor-rio-professor-geografia-.doc" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/327/021-contrato-tempor-rio-professor-matem-tica-.doc" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/328/022-contrato-tempor-rio-professor-series-iniciai_ysu50GD.doc" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/329/023-contrato-tempor-rio-professor-series-iniciai_4492vHy.doc" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/330/024-contrato-tempor-rio-professor-s-ries-iniciais-.doc" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/331/025-contrato-emergencial-servente-geral-emei-h-lio-.doc" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/332/026-contrato-emergencial-serv.-merendeira-.doc" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/333/027-contrato-emergencial-atendende-geral-.doc" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/334/028-contrato-tempor-rio-oper-rio-.doc" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/335/029-autoriza-receber-area-de-terras-.doc" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto-de-lei-030-2018.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto-de-lei-031-2018.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto-de-lei-032-2017.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto-de-lei-033-2018.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto-de-lei-034-2018.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto-de-lei-034-2018.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto-de-lei-036-2018.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto-de-lei-037-2018.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto-de-lei-038-2018.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto-de-lei-039-2018.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto-de-lei-040-2018.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto-de-lei-041-2018.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto-de-lei-042-2018.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto-de-lei-043-2018.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto-de-lei-044-2018.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto-de-lei-045-2018.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto-de-lei-046-2018.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto-de-lei-047-2018.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto-de-lei-048-2018.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto-de-lei-049-2018.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto-de-lei-050-2018.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto-de-lei-051-2018.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto-de-lei-052-2018.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/407/projeto-de-lei-053-2018.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/408/projeto-de-lei-054-2018.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/409/projeto-de-lei-055-2018.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_de_lei_056-2018.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/414/projeto-de-lei-057-2018.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/415/projeto-de-lei-058-2018.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/416/projeto-de-lei-059-2018.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/420/projeto-de-lei-060-2018.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/421/projeto-de-lei-061-2018.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/422/projeto-de-lei-062-2018.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/423/projeto-de-lei-063-2018.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/424/projeto-de-lei-064-2018.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/425/projeto-de-lei-065-2018.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/435/projeto-de-lei-066-2018.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/436/projeto-de-lei-067-2018.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/437/projeto-de-lei-068-2018.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/438/projeto-de-lei-069-2018.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_de_lei_070-2018.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_de_lei_071-2018.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_de_lei_072-2018.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_de_lei_073-2018.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_de_lei_074-2018.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_de_lei_075-2018.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_de_lei_076-2018.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_de_lei_077-2018.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_de_lei_079-2018.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_de_lei_081-2018.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_de_lei_082-2018.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_de_lei_083-2018.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_de_lei_084-2018.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_de_lei_085-2018.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_de_lei_086-2018.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/497/projeto_de_lei_088-2018_M4x1Zxl.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_de_lei_089-2018.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_de_lei_090-2018.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_de_lei_091-2018.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_de_lei_092-2018.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_de_lei_093-2018.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_de_lei_094-2018.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_de_lei_095-2018.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_de_lei_096-2018.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_de_lei_097-2018.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_de_lei_098-2018.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_lei_100-2018_2.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_de_lei_101-2018.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_de_lei_102-2018.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/533/projeto_de_lei_103-2018.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/534/projeto_de_lei_104-2018.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/535/projeto_de_lei_105-2018.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/550/projeto_de_lei_106-2018.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_107-2018.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_108-2018.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_109-2018.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_110-2018.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_111-2018.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_112-2018.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_113-2018.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/559/projeto_de_lei_115-2018.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/561/projeto_de_lei_117-2018.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/580/projeto_de_lei_118-2018.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/581/projeto_de_lei_119-2018.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/582/projeto_de_lei_120-2018.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/583/projeto_de_lei_121-2018.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/584/projeto_de_lei_122-2018.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/596/projeto_de_lei_123-2018_Lv31TIX.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/597/projeto_de_lei_124-2018.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/598/projeto_de_lei_125-2018.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/599/projeto_de_lei_126-2018.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/600/projeto_de_lei_127-2018.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/601/projeto_de_lei_128-2018.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/611/projeto_de_lei_129-2018.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/612/projeto_de_lei_130-2018.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/613/projeto_de_lei_131-2018.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/614/projeto_de_lei_132-2018.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/615/projeto_de_lei_133-2018_hj57cFH.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/619/projeto_de_lei_134-2018.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/620/projeto_de_lei_135-2018.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/616/projeto_de_lei_136-2018_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/621/projeto_de_lei_137-2018.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/622/projeto_de_lei_138-2018.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/623/projeto_de_lei_139-2018.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/624/projeto_de_lei_140-2018.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/629/projeto_de_lei_141-2018.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/630/projeto_de_lei_142-2018_A5qgYar.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/631/projeto_de_lei_143-2018.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/638/projeto_de_lei_144-2018.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/647/projeto_de_lei_145-2018.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/648/pl_146.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/649/pl_147.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/650/projeto_de_lei_148-2018.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/651/projeto_de_lei_149-2018.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/656/projeto_de_lei_150-2018.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/657/projeto_de_lei_151-2018.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/659/projeto_de_lei_153-2018.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/660/projeto_de_lei_154-2018.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/662/projeto_de_lei_156-2018.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/663/projeto_de_lei_157-2018.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/664/projeto_de_lei_158-2018.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/677/projeto_de_lei_160-2018.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/695/projeto_de_lei_161-2018.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/696/projeto_de_lei_162-2018.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/697/projeto_de_lei_163-2018.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/698/projeto_de_lei_164-2018.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/699/projeto_de_lei_165-2018.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/700/projeto_de_lei_166-2018.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/703/projeto_de_lei_167-2018.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/704/projeto_de_lei_168-2018.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/705/projeto_de_lei_169-2018_8WkR6B0.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/719/projeto_de_lei_170-2018.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/720/projeto_de_lei_171-2018.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/721/projeto_de_lei_172-2018.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/723/projeto_de_lei_173-2018.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/724/projeto_de_lei_174-2018.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/725/projeto_de_lei_175-2018.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/726/projeto_de_lei_176-2018.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_lei_177-2018.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/83/projeto-de-lei-132-2017.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-133-2017.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/53/projeto-de-lei-135-2017.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/182/projeto-de-lei-136-2017.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-lei-137-2017.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/211/projeto-de-lei-138-2017.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/212/projeto-de-lei-139-2017.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/226/projeto-de-lei-140-2017.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/231/projeto-de-lei-141-2017.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/248/projeto-de-lei-142-2017.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/245/projeto-de-lei-143-2017.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/249/projeto-de-lei-144-2017.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/250/projeto-de-lei-145-2017.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/254/projeto-de-lei-146-2017.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/256/projeto-de-lei-147-2017.pdf" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/257/projeto-de-lei-148-2017.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/258/projeto-de-lei-149-2017.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/259/projeto-de-lei-150-2017.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/260/projeto-de-lei-151-2017.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/263/projeto-de-lei-152-2017.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/264/projeto-de-lei-153-2017.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/265/projeto-de-lei-154-2017.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/266/projeto-de-lei-155-2017..pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/267/projeto-de-lei-156-2017.pdf" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/268/projeto-de-lei-157-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2928/projeto_de_lei_001.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2929/projeto_de_lei_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2930/projeto_de_lei_003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2931/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2932/projeto_de_lei_005.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2933/projeto_de_lei_006.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2934/projeto_de_lei_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2935/projeto_de_lei_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2936/projeto_de_lei_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2937/projeto_de_lei_010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2938/projeto_de_lei_011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2964/projeto_de_lei_012.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2965/projeto_de_lei_013.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2966/projeto_de_lei_014.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2967/projeto_de_lei_015.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2968/projeto_de_lei_016.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2969/projeto_de_lei_017.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2970/projeto_de_lei_018.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2971/projeto_de_lei_019.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3014/projeto_de_lei_020.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3015/projeto_de_lei_021.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3016/projeto_de_lei_022.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3017/projeto_de_lei_023.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3018/projeto_de_lei_024.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3019/projeto_de_lei_025.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3020/projeto_de_lei_026.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3021/projeto_de_lei_027.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3022/projeto_de_lei_028.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3023/projeto_de_lei_029.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3024/projeto_de_lei_030.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3025/projeto_de_lei_031.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3026/projeto_de_lei_032.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3027/projeto_de_lei_033.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3028/projeto_de_lei_034.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3029/projeto_de_lei_035.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3030/projeto_de_lei_036.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3031/projeto_de_lei_037.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3032/projeto_de_lei_038.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3033/projeto_de_lei_039.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3034/projeto_de_lei_040.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3035/projeto_de_lei_041.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3036/projeto_de_lei_042.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3037/projeto_de_lei_043.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3096/projeto_de_lei_044.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3097/projeto_de_lei_045.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3098/projeto_de_lei_046.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3099/projeto_de_lei_047.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3100/projeto_de_lei_048.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3101/projeto_de_lei_049.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3102/projeto_de_lei_050.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3103/projeto_de_lei_051.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3104/projeto_de_lei_052.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3105/projeto_de_lei_053.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3106/projeto_de_lei_054.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3107/projeto_de_lei_055.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3108/projeto_de_lei_056.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3109/projeto_de_lei_057.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3110/projeto_de_lei_058.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3111/projeto_de_lei_059.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3112/projeto_de_lei_060.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3113/projeto_de_lei_061.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3114/projeto_de_lei_062.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3115/projeto_de_lei_063.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3116/projeto_de_lei_064.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3117/projeto_de_lei_065.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3118/projeto_de_lei_066.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3119/projeto_de_lei_067.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3144/projeto_de_lei_068.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3145/projeto_de_lei_069.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3146/projeto_de_lei_070.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3147/projeto_de_lei_071.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3148/projeto_de_lei_072.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3181/projeto_de_lei_073.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3182/projeto_de_lei_074.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3183/projeto_de_lei_075.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3184/projeto_de_lei_076.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3185/projeto_de_lei_077.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3186/projeto_de_lei_078.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3187/projeto_de_lei_079.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3188/projeto_de_lei_080.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3189/projeto_de_lei_081.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3190/projeto_de_lei_082.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3191/projeto_de_lei_083.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3192/projeto_de_lei_084.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3194/projeto_de_lei_executivo_085.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3195/projeto_de_lei_executivo_086.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3196/projeto_de_lei_executivo_087.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3197/projeto_de_lei_executivo_088.25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3218/projeto_de_lei_089.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3232/projeto_de_lei_090.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3244/projeto_de_lei_091.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3245/projeto_de_lei_092.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3246/projeto_de_lei_093.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3247/projeto_de_lei_094.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3248/projeto_de_lei_095.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3249/projeto_de_lei_096.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3273/projeto_de_lei_executivo_97.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3289/projeto_de_lei_098.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3290/projeto_de_lei_099.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3291/projeto_de_lei_100.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3307/projeto_de_lei_101.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3308/projeto_de_lei_102.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3309/projeto_de_lei_103.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3310/projeto_de_lei_104.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3311/projeto_de_lei_105.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3312/projeto_de_lei_106.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3313/projeto_de_lei_107.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3314/projeto_de_lei_108.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3306/projeto_de_lei_109.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3340/projeto_de_lei_110.2025_2.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3341/projeto_de_lei_111.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3342/projeto_de_lei_112.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3343/projeto_de_lei_113.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3344/projeto_de_lei_114.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3371/projeto_de_lei_exevutivo115.2025_urgencia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3372/projeto_de_lei_executivo116.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3387/projeto_de_lei_executivo117.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3388/projeto_de_lei_executivo118.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3389/projeto_de_lei_executivo119.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3407/projeto_de_lei_executivo120.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3423/projeto_de_lei_121.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3456/projeto_de_lei_122.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3457/projeto_de_lei_123.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3458/projeto_de_lei_124.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3459/projeto_de_lei_125.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3460/projeto_de_lei_126.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3461/projeto_de_lei_exec_127.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3462/projeto_de_lei_exec._128.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3480/projeto_de_lei_129.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3482/projeto_de_lei_130.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3488/projeto_de_lei_131.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3489/projeto_de_lei_132.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3490/projeto_de_lei_133.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3491/projeto_de_lei_134.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3492/projeto_de_lei_135.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3498/projeto_de_lei_136.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3530/projeto_de_lei_exec._137.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3568/projero_de_lei_ex_138.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3569/projeto_de_lei_ex_139.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3570/projeto_de_lei_ex_140.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3571/projeto_de_lei_ex_141.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3580/projeto_de_lei_exec._142.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3581/projeto_de_lei_exec._143.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3582/projeto_de_lei_exec._144.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3593/pl_poder_executivo_145.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3594/pl_poder_executivo_146.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3595/pl_poder_executivo_147.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3596/pl_poder_executivo_148.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3605/projeto_de_lei_executivo149.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3606/projeto_de_lei_executivo150.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3607/projeto_de_lei_executivo151.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3609/projeto_de_lei_executivo153.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3610/projeto_de_lei_executivo154.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3629/projeto_de_lei_executivo_155.2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3646/projeto_de_lei_exec._156.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3647/projeto_de_lei_exec._157.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3648/projeto_de_lei_exec._158.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3649/projeto_de_lei_exec._159.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3650/projeto_de_lei_exec._160.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3656/projeto_de_lei_exec_161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3657/projeto_de_lei_exec_162.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3666/projeto_de_lei_163.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3667/pl164_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3684/projeto_de_lei_exec._165.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3685/projeto_de_lei_exec._166.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3686/projeto_de_lei_exec.167.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3693/projeto_de_lei_168.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3694/projeto_de_lei_169.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3718/projeto_de_lei_exec._170.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3719/projeto_de_lei_exec._171.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3754/projeto_de_lei_exec.172.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3755/projeto_de_lei_exec.173.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3758/projeto_de_lei_exec._174.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3759/projeto_de_lei_exec._175.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3784/projeto_de_lei_exec._176.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3785/projeto_de_lei_exec._177.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3786/projeto_de_lei_exec.178.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3799/projeto_de_lei_exec_179.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3811/projeto_de_lei_exec_180.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3841/projeto_de_lei_exec._181.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3867/projeto_de_lei_exec_182.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3868/projeto_de_lei_exec.183.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3876/projeto_de_lei_exec._184.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3877/projeto_de_lei_exec._185.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3878/projeto_de_lei_exec._186.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3879/projeto_de_lei_exec._187.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3887/projeto_de_lei__exec._188.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3893/projeto_de_lei_executivo_189.2025_loa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3894/projeto_de_lei_exec._190.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2550/projeto_de_lei_1.2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2555/projeto_de_lei_exec_002-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2556/projeto_de_lei_exec_003-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2557/projeto_de_lei_exec_004-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2558/projeto_de_lei_exec_005-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2559/projeto_de_lei_exec_006-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2560/projeto_de_lei_exec_007-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2561/projeto_de_lei_exec_008-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2562/projeto_de_lei_exec_009-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2568/projeto_de_lei_exec_010-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2569/projeto_de_lei_exec_011-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2570/projeto_de_lei_exec_012-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2571/projeto_de_lei_exec_013-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2572/projeto_de_lei_exec_014-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2573/projeto_de_lei_exec_015-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2574/projeto_de_lei_exec_016-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2591/projeto_de_lei_exec_017-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2593/projeto_de_lei_exec_018-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2594/projeto_de_lei_exec_019-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2595/projeto_de_lei_exec_020-2024_urgencia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2596/projeto_de_lei_exec_021-2024_urgencia.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2597/projeto_de_lei_exec_022-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2618/projeto_de_lei_exec_023-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2620/projeto_de_lei_exec_024-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2621/projeto_de_lei_exec_025-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2622/projeto_de_lei_exec_026-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2623/projeto_de_lei_exec_027-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2624/projeto_de_lei_exec_028-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2625/projeto_de_lei_exec_029.2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2626/projeto_de_lei_exec_030-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2634/projeto_de_lei_031-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2643/projeto_de_lei_exec_032-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2644/projeto_de_lei_exec_033-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2645/projeto_de_lei_exec_034-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2646/projeto_de_lei_exec_035-2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2647/projeto_de_lei_exec_036.2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2648/projeto_de_lei_exec_037-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2649/projeto_de_lei_exec_038-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2650/projeto_de_lei_exec_039-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2651/projeto_de_lei_exec_040-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2653/projeto_de_lei_exec_041-2024.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2659/projeto_de_lei_exec_042-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2660/projeto_de_lei_exec_043-2024.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2661/projeto_de_lei_exec_044-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2662/projeto_de_lei_exec_045-2024.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2663/projeto_de_lei_exec_046-2024.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2664/projeto_de_lei_exec_047-2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2665/projeto_de_lei_exec_048-2024.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2666/projeto_de_lei_exec_049-2024.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2667/projeto_de_lei_exec_050-2024.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2668/projeto_de_lei_exec_051-2024.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2669/projeto_de_lei_exec_052-2024.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2670/projeto_de_lei_exec_053-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2678/projeto_de_lei_exec_054-2024.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2685/projeto_de_lei_exec_055.2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2686/projeto_de_lei_exec_056.2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2687/projeto_de_lei_exec_057.2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2688/projeto_de_lei_exec_058.2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2689/projeto_de_lei_exec_059.2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2690/projeto_de_lei_exec_060.2024.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2694/projeto_de_lei_exec_061-2024.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2695/projeto_de_lei_exec_062-2024.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2696/projeto_de_lei_exec__063-2024.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2697/projeto_de_lei_exec_064-2024.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2703/projeto_de_lei_exec__065.2024.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2704/projeto_de_lei_exec_066.2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2705/projeto_de_lei_exec__067.2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2713/projeto_de_lei_068-2024.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2720/projeto_de_lei_exec_069-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2721/projeto_de_lei__exec_070-2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2722/projeto_de_lei__exec_071-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2723/projeto_de_lei_exec_072-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2725/projeto_de_lei_exec__073-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2726/projeto_de_lei_exec_074-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2727/projeto_de_lei_exec_075-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2728/projeto_de_lei_exec__076-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2729/projeto_de_lei_exec_077-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2736/projeto_de_lei_exec__078-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2740/projeto_de_lei_exec_079-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2741/projeto_de_lei_exec__080-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2749/projeto_de_lei_exec_081-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2750/projeto_de_lei_exec_082-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2751/projeto_de_lei_exec_083-2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2752/projeto_de_lei_exec_084-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2753/projeto_de_lei_exec_085-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2754/projeto_de_lei_exec_086-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2771/projeto_de_lei_087-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2772/projeto_de_lei_088-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2773/projeto_de_lei_089-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2778/projeto_de_lei_exec_090-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2779/projeto_de_lei_exec_091-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2780/projeto_de_lei_exec_092-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2781/projeto_de_lei_exec_093-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2782/projeto_de_lei_exec_094-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2783/projeto_de_lei_exec_095-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2784/projeto_de_lei_exec_096-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2785/projeto_de_lei_exec_097-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2794/projeto_de_lei_exec_098-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2801/projeto_lei_exec_099-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2807/projeto_de_lei_exec_100-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2808/projeto_de_lei_exec_101-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2819/projeto_de_lei_102.2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2823/projeto_de_lei_exec_103-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2824/projeto_de_lei_exec_104-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2825/projeto_de_lei_exec_105-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2829/projeto_de_lei_106.2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2830/projeto_de_lei_107.2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2835/projeto_de_lei_exec_108-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2836/projeto_de_lei_exec__109-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2837/projeto_de_lei_exec_110-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2844/projeto_de_lei_111.2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2845/projeto_de_lei_112.2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2850/projeto_de_lei_113.2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2851/projeto_de_lei_114.2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2852/projeto_de_lei_115.2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2853/projeto_de_lei_116-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2860/projeto_de_lei_117-2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2865/projeto_de_lei_118.2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2866/projeto_de_lei_119.2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2867/projeto_de_lei_120.2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2868/projeto_de_lei_121.2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2871/projeto_de_lei_122-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2888/projeto_de_lei_123-2024__com_nova_redacao.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2898/projeto_de_lei_124.2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2899/projeto_de_lei_125.2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2908/projeto_de_lei_126.2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2911/projeto_de_lei_127.2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2912/projeto_de_lei_128.2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2913/projeto_de_lei_129.2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2921/projeto_de_lei_130-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2926/projeto_de_lei_131.2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2927/projeto_de_lei_132.2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2096/projeto_de_lei_exec._001_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2097/projeto_de_lei_exec._002_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2098/projeto_de_lei_exec._003_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2099/projeto_de_lei_exec._004_2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2100/projeto_de_lei_exec._005_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2101/projeto_de_lei_exec._006_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2102/projeto_de_lei_exec._007_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2103/projeto_de_lei_exec._008_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2104/projeto_de_lei_exec._009_2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2105/projeto_de_lei_exec._010_2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2106/projeto_de_lei_exec._011_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2107/projeto_de_lei_exec._012_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2108/projeto_de_lei_exec._013_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2109/projeto_de_lei_exec._014_2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2110/projeto_de_lei_exec._015_2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2111/projeto_de_lei_exec._016_2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2112/projeto_de_lei_exec._017_2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2113/projeto_de_lei_exec._018_2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2114/projeto_de_lei_exec._019_2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2115/projeto_de_lei_exec._020_2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2116/projeto_de_lei_exec._021_2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2117/projeto_de_lei_exec._022_2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2118/projeto_de_lei_exec._023_2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2119/projeto_de_lei_exec._024_2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2120/projeto_de_lei_exec._025_2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2121/projeto_de_lei_exec._026_2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2122/projeto_de_lei_exec._027_2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2131/projeto_de_lei_exec._028_2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2134/projeto_de_lei_exec._029_2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2135/projeto_de_lei_exec._030_2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2141/projeto_de_lei_exec._031_2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2142/projeto_de_lei_exec._032_2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2143/projeto_de_lei_exec._033_2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2144/projeto_de_lei_exec._034_2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2145/projeto_de_lei_exec._035_2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2146/projeto_de_lei_exec._036_2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2147/projeto_de_lei_exec._037_2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2148/projeto_de_lei_exec._038_2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2150/projeto_de_lei_exec._039_2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2159/projeto_de_lei_exec._040_2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2160/projeto_de_lei_exec._041_2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2161/projeto_de_lei_exec._042_2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2176/projeto_de_lei__no_043-2023_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2177/projeto_de_lei_no_044-2023_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2178/projeto_de_lei_no_045-2023_ciclismo_calandario_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2195/projeto_de_lei_046-2023_.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2196/projeto_de_lei_047-2023_.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2197/projeto_de_lei_048-2023_.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2198/projeto_de_lei_049-2023_.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2199/projeto_de_lei_050-2023_.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2200/projeto_de_lei_051-2023_.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2201/projeto_de_lei_052-2023_.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2202/projeto_de_lei_053-2023_.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2203/projeto_de_lei_054-2023_.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2204/projeto_de_lei_055-2023_.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2205/projeto_de_lei_exec._056_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2206/projeto_de_lei_exec._057_2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2207/projeto_de_lei_exec._058_2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2208/projeto_de_lei_exec._059_2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2209/projeto_de_lei_exec._060_2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2216/projeto_de_lei_exec._061_2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2223/projeto_de_lei_exc._062_2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2224/projeto_de_lei_exc._063_2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2225/projeto_de_lei_exc._064_2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2226/projeto_de_lei_exc._065_2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2230/projeto_de_lei_exec._exp._066_2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2234/projeto_de_lei_exec._exp._067_2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2235/projeto_de_lei_exec._exp._068_2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2250/projeto_de_lei_exec._exp._070_2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2251/projeto_de_lei_exec._exp._071_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2252/projeto_de_lei_exec._exp._072_2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2253/projeto_de_lei_exec._exp._073_2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2254/projeto_de_lei_exec._exp._074_2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2257/projeto_de_lei_exc_075_2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2258/projeto_de_lei_exc_076_2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2265/projeto_de_lei_exc_077_2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2266/projeto_de_lei_exc_078_2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2269/projeto_de_lei_exc._079_2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2271/projeto_de_lei_no_080-2023_altera_4332.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2272/projeto_de_lei_no_081-2023_aumento_real_empregos_publicos.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2273/projeto_de_lei_no_082-2023_credito_suplementar_sme.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2276/projeto_de_lei_executivo_no_083-2023_contrato_temporario_op_maquina.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2277/projeto_de_lei_executivo_no_084-2023_altera_leis_2452_e_3056.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2278/projeto_de_lei_executivo_no_085-2023_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2279/projeto_de_lei_executivo_no_086-2023_altera_lei_4335.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2289/projeto_de_lei_executivo_no_087-2023_plano_de_cultura_municipio_de_mostardas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2293/projeto_de_lei_exec._088_2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2300/projeto_de_lei_executivo_no_089-2023_valores_passagens_linhas_municipais.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2301/projeto_de_lei_executivo_no_090-2023_auxilio_financeiro_alunos_rede_municipal_e_estadual.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2302/projeto_de_lei_executivo_no_091-2023_credito_especial_smostt.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2303/projeto_de_lei_executivo__no_092-2023_credito_suplementar_smostt.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2304/projeto_de_lei_executivo_no_093-2023_credito_especial_sme.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2309/projeto_de_lei_exec._094.2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2317/projeto_de_lei_exec._095.2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2318/projeto_de_lei_exec.096.2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2319/projeto_de_lei_exec.097.2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2336/projeto_de_lei_exec._098.2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2337/projeto_de_lei_exec._099.2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2338/projeto_de_lei_exec._100.2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2339/projeto_de_lei_exec._101.2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2340/projeto_de_lei_exec._102.2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2341/projeto_de_lei_exec._103.2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2342/projeto_de_lei_exec._104.2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2358/projeto_de_lei_exec._105.2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2359/projeto_de_lei_exec._106.2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2365/projeto_de_lei_107.2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2366/projeto_de_lei_108.2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2367/projeto_de_lei_109.2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2368/projeto_de_lei_110.2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2369/projeto_de_lei_111.2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2370/projeto_de_lei_112.2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2378/projeto_de_lei_113.2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2379/projeto_de_lei_114.2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2384/projeto_de_lei_exec._115.2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2385/projeto_de_lei_exec._116.2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2386/projeto_de_lei_exec._117.2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2387/projeto_de_lei_exec._118.2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2412/projeto_de_lei_exec._119.2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2439/projeto_de_lei_exec._120.2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2440/projeto_de_lei_exec._121.2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2450/projeto_de_lei_122-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2452/projeto_de_lei_executivo_123-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2453/projeto_de_lei_executivo_124-2023_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2458/projeto_de_lei_executivo_125-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2459/projeto_de_lei_executivo_126-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2463/projeto_de_lei_exec._127.2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2464/projeto_de_lei_exec._128.2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2465/projeto_de_lei_129-2023_altera_lei_4335.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2466/projeto_de_lei_130-2023_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2472/projeto_de_lei_exec._131.2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2473/projeto_de_lei_exec._132.2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2474/projeto_de_lei_exec._133.2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2475/projeto_de_lei_exec._134.2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2476/projeto_de_lei_exec._135.2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2477/projeto_de_lei_exec._136.2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2483/projeto_de_lei_exec_137.2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2484/projeto_de_lei_exec_138.2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2494/projeto_de_lei_139-2023_credito_especial_smtc.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2495/projeto_de_lei_exec._140.2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2502/projeto_de_lei_exec._141.2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2503/projeto_de_lei_142.2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2505/projeto_de_lei_143-2023_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2504/projeto_de_lei_144.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2506/projeto_de_lei_145.2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2513/projeto_de_lei_exec._146.2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2514/projeto_de_lei_147.2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2515/projeto_de_lei_148.2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2516/projeto_de_lei_149.2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2517/projeto_de_lei_150.2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2518/projeto_de_lei_151.2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2523/projeto_de_lei_152.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2524/projeto_de_lei_153.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2525/projeto_de_lei_154.2023_exec.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2526/projeto_de_lei_155.2023_exec.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2527/projeto_de_lei_156.2023_exec.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2528/projeto_de_lei_157.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2529/projeto_de_lei_158.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2530/projeto_de_lei_159.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2531/projeto_de_lei_160.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2532/projeto_de_lei_161.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2533/projeto_de_lei_162.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2534/projeto_de_lei_163.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2535/projeto_de_lei_164.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2536/projeto_de_lei_165.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2537/projeto_de_lei_166.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2538/projeto_de_lei_167.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2539/projeto_de_lei_168.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2540/projeto_de_lei_169.2023_exec..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2541/projeto_de_lei_170.2023._exec.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1658/projeto_de_lei_001-2022_altera_lei_4334.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1659/projeto_de_lei_002-2022_contrato_temporario_motorista_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1660/projeto_de_lei_003-2022_contrato_temporario_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1661/projeto_de_lei_004-2022_contrato_temporario_monitor.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1662/projeto_de_lei_005-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1663/projeto_de_lei_006-2022_contrato_temporario_prof._matematica.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1664/projeto_de_lei_007-2022_contrato_temporario_prof._ciencias.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1665/projeto_de_lei_008-2022_contrato_temporario_serv._merendeira.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1666/projeto_de_lei_009-2022_contrato_temporario_serv._geral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1667/projeto_de_lei_010-2022_contrato_temporario_prof_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1668/projeto_de_lei_011-2022_contrato_temporario_prof._educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1669/projeto_de_lei_012-2022_reest._comturc.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1670/projeto_de_lei_013-2022_prorroga_prazo_lei_4185.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1671/projeto_de_lei_014-2022_revoga_leis_2503_3089_3272_3273.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1672/projeto_de_lei_015-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1673/projeto_de_lei_016-2022_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1674/projeto_de_lei_017-2022_contrato_temporario_motorista_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1675/projeto_de_lei_018-2022_credito_especial_smos.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1691/projeto_de_lei_019-2022_altera_lei_2816.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1692/projeto_de_lei_020-2022_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1693/projeto_de_lei_021-2022_contrato_temporario_servente_de_merendeira.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1694/projeto_de_lei_022-2022_contrato_temporario_prof_ed._infantil.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1695/projeto_de_lei_023-2022_credito_suplementar_smf_e_smos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1696/projeto_de_lei_024-2022_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1697/projeto_de_lei_025-2022_credito_especial_sme.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1698/projeto_de_lei_026-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1699/projeto_de_lei_027-2022_incremento_financeiro_hospital_sao_luiz.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1710/projeto_de_lei_028-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1711/projeto_de_lei_029-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1714/projeto_de_lei_030-2022_contrato_temporario_-_operario.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1715/projeto_de_lei_031-2022_altera_lei_3669.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1716/projeto_de_lei_032-2022_credito_suplementar_smt.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1717/projeto_de_lei_033-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1718/projeto_de_lei_034-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1719/projeto_de_lei_035-2022_credito_suplementar_sma.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1720/projeto_de_lei_036-2022_credito_suplementar_sma.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1721/projeto_de_lei_037-2022_credito_especial_smas.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1722/projeto_de_lei_038-2022_credito_suplementar_smosb.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1728/projeto_de_lei_039-2022_altera_lei_4332.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1729/projeto_de_lei_040-2022_altera_lei_4333.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1730/projeto_de_lei_041-2022_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1731/projeto_de_lei_042-2022_contrato_temporario_fiscal.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1732/projeto_de_lei_043-2022_contrato_temporario_op._maq._eq._agricula.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1733/projeto_de_lei_044_2022_altera_lei_4336.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1734/projeto_de_lei_045-2022_contrato_temporario_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1735/projeto_de_lei_046-2022_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1736/projeto_de_lei_047-2022_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1740/projeto_de_lei_048-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1741/projeto_de_lei_049-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1742/projeto_de_lei_050-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1743/projeto_de_lei_051_2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1744/projeto_de_lei_052_2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1745/projeto_de_lei_053_2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1746/projeto_de_lei_054_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1747/projeto_de_lei_055_2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1748/projeto_de_lei_056_2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1749/projeto_de_lei_057_2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1750/projeto_de_lei_058_2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1752/projeto_de_lei_059_2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1755/projeto_de_lei_060_2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1765/projeto_de_lei_061_2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1769/projeto_de_lei_062_2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1774/projeto_de_lei_063_2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1800/projeto_de_lei_064_2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1801/projeto_de_lei_065_2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1802/projeto_de_lei_066_2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1803/projeto_de_lei_067_2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1804/projeto_de_lei_068_2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1805/projeto_de_lei._exec._069_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1806/projeto_de_lei._exec._070_2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1807/projeto_de_lei._exec._071_2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1808/projeto_de_lei._exec._072_2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1814/projeto_de_lei_exec._073_2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1820/projeto_de_lei_exec_074_2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1821/projeto_de_lei_exec_075_2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1822/projeto_de_lei_exec_076_2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1823/projeto_de_lei_exec_077_2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1824/projeto_de_lei_exec_078_2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1825/projeto_de_lei_exec_079_2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1826/projeto_de_lei_exec_080_2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1827/projeto_de_lei_exec_081_2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1846/projeto_de_lei_exec._082_2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1847/projeto_de_lei_exec._083_2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1848/projeto_de_lei_exec._084_2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1858/projeto_de_lei_085-2022_contrato_temporario_prof_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1859/projeto_de_lei_086-2022_contrato_temporario_serv._geral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1860/projeto_de_lei_087-2022_credito_suplementar_smott.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1861/projeto_de_lei_088-2022_altera_3103.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1862/projeto_de_lei_089-2022_define_atividades_insalubres.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1872/projeto_de_lei_090-2022_altera_lei_3915.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1884/projeto_de_lei_091-2022_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1885/projeto_de_lei_092-2022_credito_especial_e_suplemementar_smt.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1886/projeto_de_lei_093-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1887/projeto_de_lei_094-2022_credito_especial_sme.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1888/projeto_de_lei_095-2022_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1889/projeto_de_lei_096-2022_credito_suplementar_sme.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1890/projeto_de_lei_097-2022_credito_suplementar_sme.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1891/projeto_de_lei_098-2022_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1892/projeto_de_lei_099-2022_altera_lei_2328.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1893/projeto_de_lei_100-2022_altera_lei_3259.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1894/projeto_de_lei_101-2022_cria_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1895/projeto_de_lei_102-2022_credito_especial_smostt.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1896/projeto_de_lei_103-2022_altera_lei_4344_2857_e_4011.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1897/projeto_de_lei_104-2022_contrato_temporario_fiscal.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1898/projeto_de_lei_105-2022_cria_cargo_ass_adm_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1899/projeto_de_lei_106-2022_credito_cef.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1900/projeto_de_lei_107-2022_cria_programa_prevencao_e_combate_mosquito_aedes_aegypti.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1901/projeto_de_lei_108-2022_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1902/projeto_de_lei_109-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1907/projeto_de_lei_110-2022_contrato_temporario_prof._ciencias.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1909/projeto_de_lei_111-2022_cargo_ag._adm_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1910/projeto_de_lei_112-2022_alteral_lei_4255.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1911/projeto_de_lei_113-2022_comunidade_tradicional_pescadores.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1913/projeto_de_lei_114-2022_altera_lei_2999.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1914/projeto_de_lei_115-2022_da_nome_estradas.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1915/projeto_de_lei_116-2022_altera_lei_2063.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1916/projeto_de_lei_117-2022_regulamenta_construcoes.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1917/projeto_de_lei_118_-022_concessao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1929/projeto_de_lei_exp_119_2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1932/projeto_de_lei_exp._120_2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1933/projeto_de_lei_exp._121_2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1934/projeto_de_lei_exp._122_2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1944/projeto_de_lei_123-2022_concessao_loja_maconica.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1945/projeto_de_lei_124-2022_reestrutura_quadro_emprego_publico.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1946/projeto_de_lei_125-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1959/projeto_de_lei_126-2022_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1960/projeto_de_lei_127-2022_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1961/projeto_de_lei_128-2022_smade.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1962/projeto_de_lei_129-2022_horario_farmacias_da_sede.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1966/projeto_de_lei_exec_130_2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1967/projeto_de_lei_exec_131_2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1968/projeto_de_lei_exec._132_2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1969/projeto_de_lei_exec._133_2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1974/projeto_de_lei_134-2022_credito_suplementar_secretarias.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1979/projeto_de_lei_135_2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1980/projeto_de_lei_136-2022_termo_aditivo_amlinorte_2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1981/projeto_de_lei_137-2022_termo_aditivo_amlinorte_2018_a_2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1982/projeto_de_lei_138-2022_termo_aditivo_amlinorte_2022_a_2023.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1983/projeto_de_lei_139-2022_altera_lei_4336.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1984/projeto_de_lei_140-2022_credito_especial_smas.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1992/projeto_de_lei__141-2022_altera_lei_4332.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1994/projeto_de_lei_142-2022_altera_lei_4333.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1995/projeto_de_lei_143-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1996/projeto_de_lei_144-2022_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2005/projeto_de_lei_145-2022_rateio_de_honorarios.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2006/projeto_de_lei_146-2022_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2007/projeto_de_lei_147-2022_credito_especial_smas.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2008/projeto_de_lei_148-2022_credito_especial_smade.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2009/projeto_de_lei_149-2022_ldo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2010/projeto_de_lei_150-2022_contrato_temporario_atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2011/projeto_de_lei_151-2022_contrato_temporario_operario.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2018/projeto_de_lei_exec._152_2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2019/projeto_de_lei_exec._153_2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2020/projeto_de_lei_exec._154_2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2023/projeto_de_lei_exec._155_2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2024/projeto_de_lei_exec._156_2022_.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2028/projeto_de_lei_exec._157_2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2034/projeto_de_lei_exec._158_2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2041/projeto_de_lei._exec_159_2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2042/projeto_de_lei._exec_160_2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2050/projeto_de_lei_exec._161_2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2051/projeto_de_lei_exec._162_2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2052/projeto_de_lei_exe._163_2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2054/projeto_de_lei_exec._164_2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2055/projeto_de_lei_exec._165_2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2056/projeto_de_lei._exec._166_2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2057/projeto_de_lei_exec._167_2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2065/projeto_de_lei_exec._168_2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2066/projeto_de_lei_exec._169_2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2067/projeto_de_lei_exec._170_2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2068/projeto_de_lei_exec._171_2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2069/projeto_de_lei_exec._172_2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2070/projeto_de_lei_exec._173_2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2071/projeto_de_lei_exec._174_2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2081/projeto_de_lei_exec._175_2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2082/projeto_de_lei_exec_176_2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1250/projeto_de_lei_001-2021_concessao_uso_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1251/projeto_de_lei_002-2021_revoga_a_lei_4110.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1252/projeto_de_lei_003-2021_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1253/projeto_de_lei_004-2021_altera_denominacao_chefia.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1254/projeto_de_lei_005-2021_altera_anexos_ii-1_e_ii-58_chefe_de_gabinete_e_assessor_da_chefia_de_gabinete.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_de_lei_006-2021__credito_especial-cg.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_de_lei_007-2021_prorroga_prazo_da_lei_4062.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_de_lei_008-2021_prorroga_prazo_da_lei_4061.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_de_lei_009-2021_prorroga_prazo_da_lei_4059.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_de_lei_010-2021_revoga_a_lei_3265.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_de_lei_011-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1261/projeto_de_lei_012-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1262/projeto_de_lei_013-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1263/projeto_de_lei_014-2021_contrato_temporario-professor_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1264/projeto_de_lei_015-2021_contrato_temporario-professor_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1265/projeto_de_lei_016-2021_contrato_temporario-professor_educacao_fisica.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1266/projeto_de_lei_017-2021_contrato_temporario-servente_geral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1267/projeto_de_lei_018-2021_contrato_temporario-professor_ciencias.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1270/projeto_de_lei_019-2021_contrato_temporario-professor_ciencias.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1271/projeto_de_lei_020-2021_contrato_temporario-servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1272/projeto_de_lei_021-2021_contrato_temporario-atendente_geral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1273/projeto_de_lei_022-2021_altera_leis_4175_e_4177.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1274/projeto_de_lei_023-2021_isencao_mei.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1275/projeto_de_lei_024-2021_estimulo_arrecadacao_2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1276/projeto_de_lei_025-2021_altera_lei_2452-taxa_coleta_lixo.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1277/projeto_de_lei_026-2021_refis_2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1278/projeto_de_lei_027-2021_altera_lei_3519.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1279/projeto_de_lei_028-2021_contrato_temporario_motorista.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1294/projeto_de_lei_030-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1295/projeto_de_lei_031-2021_contrato_temporario_-_op._maq._eq._rodoviario.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1296/projeto_de_lei_032-2021_mecanico_de_veiculos_pesados.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1297/projeto_de_lei_033-2021_revoga_lei_2759.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1307/projeto_de_lei_034-2021_contrato_temporario-motorista_onibus.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1308/projeto_de_lei_035-2021_credito_especial-conselho_tutelar_1.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1329/projeto_de_lei_036-2021_credito_especial-smostt.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1330/projeto_de_lei_037-2021_acoes_ceee.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1331/projeto_de_lei_038-2021_compra_vacinas-famurs.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1332/projeto_de_lei_039-2021_protocolo_intencoes_vacinas.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1335/projeto_de_lei_040-2021_prorroga_pgto_iptu.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1334/projeto_de_lei_041_reestrutura_fundeb_2.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1336/pl_042.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1337/pl_043.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1344/projeto_de_lei_044-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1359/projeto_de_lei_045-2021_contrato_temporario_tec._enfermagem.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1365/projeto_de_lei_046-2021_altera_lei_2582.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1366/projeto_de_lei_047-2021_credito_especial_camara.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1367/projeto_de_lei_048-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1368/projeto_de_lei_049-2021_convenio_osorio.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1369/projeto_de_lei_050-2021_altera_lei_1550.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1373/projeto_de_lei_051-2021_altera_4146.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1374/projeto_de_lei_052-2021_contrato_temporario_op._de_maq._e_eq._agricola_2.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1375/projeto_de_lei_053-2021_termo_cessao_hospital_sao_luiz.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1376/projeto_de_lei_054-2021_altera_3603.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1378/projeto_de_lei_055-2021_prorroga_prazo_certidao_hospital.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1379/projeto_de_lei_056-2021_contrato_temporario_prof._matematica.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1380/projeto_de_lei_057-2021_contrato_temporario_prof._series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1381/projeto_de_lei_058-2021_contrato_temporario_-_fiscal.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1382/projeto_de_lei_059-2021_alienar_titulos_de_divida_agraria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1391/projeto_de_lei_060-2021_credito_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1395/projeto_de_lei_061-2021_contrato_temporario_-_motorista_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1396/projeto_de_lei_062-2021_contrato_temporario_-_serv._merendeira.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1397/projeto_de_lei_063-2021_suprime_artigo_1550.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1398/projeto_de_lei_064-2021_contrato_temporario_-_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1399/projeto_de_lei_065-2021_contrato_temporario_-_professor_de_series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1404/projeto_de_lei_066-2021_contrato_temporario_advogado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1405/projeto_de_lei_067-2021_altera_1550.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1406/projeto_de_lei_068-2021_contrato_temporario_-_professor_de_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1417/projeto_de_lei_069-2021_isenta_taxa_de_isencao_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1418/projeto_de_lei_070-2021_impacto_de_vizinhanca.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1419/projeto_de_lei_071-2021_contrato_temporario_-servente_geral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1420/projeto_de_lei_072-2021_contrato_temporario_-_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1423/projeto_de_lei_073-2021_contrato_temporario_-_fiscal.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1424/projeto_de_lei_074-2021_revoga_lei_4206.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1425/projeto_de_lei_075-2021_contrato_temporario_-_fiscal.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1427/projeto_de_lei_076-2021_contrato_temporario_-_servente_merendeira.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1434/projeto_de_lei_077-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1435/projeto_de_lei_078-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1436/projeto_de_lei_079-2021_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1437/projeto_de_lei_080-2021_termo_de_cooperacao_sec._agric..pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1438/projeto_de_lei_081-2021_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1454/projeto_de_lei_082-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1455/projeto_de_lei_083-2021_credito_suplementar_sms.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1462/projeto_de_lei_084-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1464/projeto_de_lei_085-2021_altera_lei_4225.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1465/projeto_de_lei_086-_2021_credito_suplememntar.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1466/projeto_de_lei_087-2021_uniforme_escolar.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1470/projeto_de_lei_088-2021_plano_plurianual_ppa_2022_2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1471/projeto_de_lei_089-2021_contrato_temporario_-_psicologo.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1480/projeto_de_lei_090-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1483/ple91.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1484/ple92.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1485/projeto_de_lei_093-2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1486/projeto_de_lei_094-2021_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1487/projeto_de_lei_095-2021_credito_especial_smtc.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1488/projeto_de_lei_096-2021_revoga_lei_3370.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1489/projeto_de_lei_097-2021_contrato_temporario_prof._series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1490/projeto_de_lei_098-2021_contrato_temporario_-_prof._series_iniciais.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1491/projeto_de_lei_099-2021_contrato_temporario_monitor.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1492/projeto_de_lei_100-2021_credito_especial_smos.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1493/projeto_de_lei_101-2021_credito_especial_sma.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1494/projeto_de_lei_102-2021_regime_de_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1495/projeto_de_lei_103-2021_contrato_temporario_servente_geral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1496/projeto_de_lei_104-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1497/projeto_de_lei_105-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1510/projeto_de_lei_106-2021_altera_lei_2066.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1511/projeto_de_lei_107-2021_amortizacao_deficit_tecnico.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1512/projeto_de_lei_108-2021_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1513/projeto_de_lei_109-2021_permuta_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1514/projeto_de_lei_110-2021_outorga_concessao_uso.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1515/projeto_de_lei_111-2021_outorga_cocessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1516/projeto_de_lei_112-2021_outorga_concessao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1517/projeto_de_lei_113-2021_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1528/projeto_de_lei_114-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1529/projeto_de_lei_115-2021_credito_especial_nf_gaucha.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1530/projeto_de_lei_116-2021_altera_2066.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1535/projeto_de_lei_117-2021_credito_especial_smo.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1536/projeto_de_lei_118-2021_credito_especial_cm.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1537/projeto_de_lei_executivo_119-2021_credito_especial_smf.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1540/projeto_de_lei_executivo_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1544/projeto_de_lei_121-2021_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1545/projeto_de_lei_122-2021_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1546/projeto_de_lei_123_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1547/projeto_de_lei_124_concessao_direito_real.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1558/projeto_de_lei_125-2021_credito_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1567/projeto_de_lei_126-2021_jurisdicao_judicial.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1568/projeto_de_lei_127-2021_contrato_temporario_-_tec._enfermamagem.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1569/projeto_de_lei_128-2021_credito_suplementar_smso.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1570/projeto_de_lei_129-2021_credito_especial_sms.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1576/projeto_de_lei_do_exec._-_130.2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1577/projeto_de_lei_do_exec._-_131.2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1580/projeto_de_lei_132-2021_pagamento_debitos_judiciais.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1581/projeto_de_lei_133-2021_conselho_municipal_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1582/projeto_de_lei_134-2021_altera_lei_3103.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1588/projeto_de_lei_135-2021_educacao_de_todas_as_cores.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1589/projeto_de_lei_136-2021_credito_especial_smos.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1590/projeto_de_lei_137-2021_aletar_lei_4225.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1591/projeto_de_lei_138-2021_contrato_temporario_advogado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1594/projeto_de_lei_executivo_139_loa_2022.doc" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1595/ple_140.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1604/projeto_de_lei_141-2021_credito_suplementar-sme.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1605/projeto_de_lei_142-2021__reestrutura_rpps.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1606/projeto_de_lei_143-2021_regime_juridico_novo.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1607/projeto_de_lei_144-2021__insalubridade.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1608/projeto_de_lei_145-2021_plano_carreira_servidores-novo_1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1609/projeto_146_plano_carreira_magisterio.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1610/projeto_de_lei_147-2021_altera_leis_2679_e_3295-vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1627/projeto_de_lei_148-2021_altera_lei_2817.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1618/projeto_de_lei_149-2021_outorga_de_concessao_real_de_uso.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1619/projeto_de_lei_150-2021_contrato_temporario_-_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1628/projeto_de_lei_151-2021_revisao_geral_servidores_ativos_e_inativos_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1629/projeto_de_lei_152-2021_revisao_geral_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1630/projeto_de_lei_153-2021_revisao_geral_empregos_publicos.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1631/projeto_de_lei_154-2021_altera_valor_rm.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1632/projeto_de_lei_155-2021_contrato_temporario_-_motorista_de_ambulancia.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1639/projeto_de_lei_156-2021_permissao_de_uso_de_faixa_de_dominio.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1069/projeto_de_lei_001-2020.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1070/projeto_de_lei_002-2020.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1071/projeto_de_lei_003-2020.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1072/projeto_de_lei_004-2020.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1083/projeto_de_lei_005-2020_credito_suplementar-ces_iPbXxni.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1084/projeto_de_lei_006-2020_servicos_hospitalares-repasse.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1085/projeto_de_lei_007-2020_projeto-revisao_geral_servidor.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1086/projeto_de_lei_008-2020_projeto-revisao_geral_c_CtiSyRG.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1087/projeto_de_lei_009-2020_rpps-aliquota.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1088/projeto_de_lei_010-2020_superavit__saldos_exerc_WGFgahb.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1089/projeto_de_lei_011-2020_aumento_real_servidores.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1090/projeto_de_lei_012-2020.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1091/projeto_de_lei_013-2020.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1092/projeto_de_lei_013-2020.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1093/projeto_de_lei_015-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1094/projeto_de_lei_016-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1095/projeto_de_lei_017-2020.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1096/projeto_de_lei_018-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1097/projeto_de_lei_019-2020.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1098/projeto_de_lei_020-2020_ZDlUpPh.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1099/projeto_de_lei_021-2020.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1100/projeto_de_lei_022-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1101/projeto_de_lei_023-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1102/projeto_de_lei_024-2020.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1103/projeto_de_lei_025-2020.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1104/projeto_de_lei_026-2020.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1105/projeto_de_lei_027-2020.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1107/projeto_de_lei_029-2020.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1108/projeto_de_lei_030-2020.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1109/projeto_de_lei_031-2020.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1110/projeto_de_lei_032-2020.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1113/projeto_de_lei_033-2020_contrato_temporario_operario.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1114/projeto_de_lei_034-2020_aumento_real_servidores.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1115/projeto_de_lei_035-2020_prorroga_contratacao_po_wZJgqcK.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1116/projeto_de_lei_036-2020_credito_suplementar_e_especial.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1118/projeto_de_lei_037-2020_prorroga_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1120/projeto_de_lei_038-2020_contrato_temporario-pro_D9cNCpn.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1121/projeto_de_lei_039-2020_contrato_temporario-pro_pdrK1Tv.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1122/projeto_de_lei_040-2020_contrato_temporario-motorista.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1123/projeto_de_lei_041-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1124/projeto_de_lei_042-2020_aumento_real_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1125/projeto_de_lei_043-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1126/projeto_de_lei_044-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1134/projeto_de_lei_045-2020_locacao_de_predio_dispe_5dkFxAh.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1135/projeto_de_lei_046-2020_locar_predio_dispensa_licitacao.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1136/projeto_de_lei_047-2020_locar_predio_dispensa_licitacao.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1137/projeto_de_lei_048-2020_prorrogacao_prazo_contr_gBPHUoQ.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1138/projeto_de_lei_049-2020_calendario_de_eventos_2020.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1139/projeto_de_lei_050-2020.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1140/projeto_de_lei_051-2020.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1141/projeto_de_lei_052-2020.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1143/projeto_de_lei_053-2020.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1142/projeto_de_lei_054-2020.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1144/projeto_de_lei_055-2020.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1145/projeto_de_lei_056-2020.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1148/projeto_de_lei_057-2020_calamidade_publica.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1150/projeto_de_lei_058-2020_credito_especial-smostt.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1151/projeto_de_lei_059-2020_deposito_areia.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1152/projeto_de_lei_060-2020_contrato_temporario-op._Zxz9cP4.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1153/projeto_de_lei_061-2020_altera_lei_2624.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1154/projeto_de_lei_062-2020_credito_extraordinario.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1155/projeto_de_lei_063-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1156/projeto_de_lei_064-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1157/projeto_de_lei_065-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1158/projeto_de_lei_066-2020_atencao_aos_animais.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1159/projeto_de_lei_067-2020_credito_suplementar-sms-1.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1160/projeto_de_lei_068-2020_nova_redacao_artigo_da_lei_4100.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1163/projeto_de_lei_069-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1164/projeto_de_lei_070-2020_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1165/projeto_de_lei_071-2020_pagamento_divida_ativa.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1166/projeto_de_lei_072-2020_altera_a_lei__2328.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1167/projeto_de_lei_073-2020_rpps_2020.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1168/projeto_de_lei_074-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1169/projeto_de_lei_075-2020_-_retirar-se_consorcio__eRxpvol.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1177/projeto_de_lei_077-2020_altera_lei__4121.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1178/projeto_de_lei_078-2020_contrato_temporario-pro_Ky7vMZ3.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1179/projeto_de_lei_079-2020_contrato_temporario-pro_peYyLFn.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1180/projeto_de_lei_080-2020_contrato_temporario-pro_Fv5F51K.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1181/projeto_de_lei_081-2020_credito_especial-sme_1.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1182/projeto_de_lei_082-2020_credito_especial-smasth_f6r019c.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1183/projeto_de_lei_083-2020_altera_lei_municipal_4011.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1184/projeto_de_lei_084-2020_altera_tabela_lei_4050.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1185/projeto_de_lei_085-2020_contrato_temporario_medico.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1186/projeto_de_lei_086-2020_contrato_temporario_cir_6lZKY4D.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1187/projeto_de_lei_087-2020_contrato_temporario_tec_pvF7wmP.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1188/projeto_de_lei_088-2020_contrato_temporario_mot_B5woCao.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1189/projeto_de_lei_089-2020_contrato_temporario_-_motorista.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1192/projeto_de_lei_090-2020_acordo_extrajudicial_metrobus.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1193/projeto_de_lei_091-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1194/projeto_de_lei_092-2020_dispoe_sobre_o_adiantamento.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1197/projeto_de_lei_093-2020_credito_especial_smostt.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1199/projeto_de_lei_094-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1200/projeto_de_lei_095-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1201/projeto_de_lei_096-2020_altera_artigo_2328.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1205/projeto_de_lei_097-2020_contencao_e_enfrentamen_Bmf6MVf.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1208/projeto_de_lei_098-2020_regularizacao_de_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1209/projeto_de_lei_099-2020_da_nome_auditorio_e_revoga_lei.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1210/projeto_de_lei_100-2020_atividades_recriativas.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1211/projeto_de_lei_101-2020_altera_lei_3897_-_tarifa_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1212/projeto_de_lei_102-2020_reformula_cmdr.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1214/projeto_de_lei_103-2020_credito_especial_e_suplementar-sms_1.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_104-2020_lei_das_diretrizes_orcamentarias_ldo.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1219/projeto_de_lei_105-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1220/projeto_de_lei_106-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1222/projeto_de_lei_107-2020.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1223/projeto_de_lei_108-2020_loa.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1225/projeto_de_lei_110-2020_altera_lei_4041.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1226/projeto_de_lei_111-2020_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1227/projeto_de_lei_112-2020_altera_redacao_lei_2452.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1228/projeto_de_lei_113-2020_autoriza_a_locar_predio.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1229/projeto_de_lei_114-2020_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1230/projeto_de_lei_115-2020_credito_especial_e_suplementar.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1231/projeto_de_lei_116-2020_autoriza_a_receberareas_de_terra.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1233/projeto_de_lei_117-2020_contrato_temporario_operador_de_maquina.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1234/projeto_de_lei_118-2020_altera_valor_rm.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1235/projeto_de_lei_119-2020_outorga_permissao_de_uso.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1236/projeto_de_lei_120-2020_contrato_temporario-op.maq.equip.agric..pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1237/projeto_de_lei_121-2020_prorroga_prazo_da_lei_4062.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1238/projeto_de_lei_122-2020_prorroga_prazo_da_lei_4061.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1239/projeto_de_lei_123-2020_prorroga_prazo_da_lei_4059.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/728/projeto_de_lei_001-2019.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/730/projeto_de_lei_003-2019.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/731/projeto_de_lei_004-2019.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/732/projeto_de_lei_005-2019.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/733/projeto_de_lei_006-2019.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/734/projeto_de_lei_007-2019.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/735/projeto_de_lei_008-2019.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/736/projeto_de_lei_009-2019.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/737/projeto_de_lei_010-2019.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/738/projeto_de_lei_011-2019.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/758/projeto_de_lei_012-2019.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/759/projeto_de_lei_013-2019.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_de_lei_014-2019.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_de_lei_015-2019.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_de_lei_016-2019.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_de_lei_017-2019.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_de_lei_018-2019.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_de_lei_019-2019.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_de_lei_020-2019.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_de_lei_021-2019.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/768/projeto_de_lei_022-2019.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/769/projeto_de_lei_023-2019.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/770/projeto_de_lei_024-2019.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/771/projeto_de_lei_025-2019.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/772/projeto_de_lei_026-2019.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/773/projeto_de_lei_027-2019.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/774/projeto_de_lei_028-2019.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_de_lei_029-2019.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_de_lei_030-2019.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_de_lei_031-2019.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_de_lei_032-2019.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_de_lei_033-2019.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/780/projeto_de_lei_034-2019.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/781/projeto_de_lei_035-2019.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_de_lei_036-2019.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_de_lei_037-2019.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_de_lei_038-2019.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_de_lei_039-2019.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_de_lei_040-2019.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_de_lei_041-2019.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_de_lei_042-2019.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/792/projeto_de_lei_043-2019.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/812/projeto_de_lei_044-2019.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/813/projeto_de_lei_045-2019.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/814/projeto_de_lei_046-2019.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/815/projeto_de_lei_047-2019.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_de_lei_048-2019.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_de_lei_049-2019.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_de_lei_050-2019.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_de_lei_051-2019.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_de_lei_052-2019.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/821/projeto_de_lei_053-2019.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_de_lei_054-2019.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_de_lei_055-2019.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_de_lei_056-2019.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_de_lei_057-2019.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_de_lei_058-2019.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_de_lei_059-2019.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_de_lei_060-2019.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_de_lei_061-2019.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/852/projeto_de_lei_062-2019.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/853/projeto_de_lei_063-2019.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/855/projeto_de_lei_064-2019.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/856/projeto_de_lei_065-2019.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_de_lei_066-2019.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_de_lei_067-2019.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_de_lei_068-2019.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/866/projeto_de_lei_069-2019.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/867/projeto_de_lei_070-2019.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/868/projeto_de_lei_071-2019.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/869/projeto_de_lei_072-2019.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/875/projeto_de_lei_073-2019.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/880/projeto_de_lei_074-2019.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_de_lei_075-2019.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_de_lei_076-2019.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_de_lei_077-2019.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/887/projeto_de_lei_078-2019.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/888/projeto_de_lei_079-2019.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/889/projeto_de_lei_080-2019.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/890/projeto_de_lei_081-2019.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/896/projeto_de_lei_082-2019.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/897/projeto_de_lei_083-2019.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/898/projeto_de_lei_084-2019.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/901/projeto_de_lei_085-2019.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/906/projeto_de_lei_086-2019.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/913/projeto_de_lei_087-2019.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/919/projeto_de_lei_088-2019.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/920/projeto_de_lei_089-2019.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/921/projeto_de_lei_090-2019.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/922/projeto_de_lei_091-2019.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/923/projeto_de_lei_092-2019.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/926/projeto_de_lei_093-2019.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/927/projeto_de_lei_094-2019.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/928/projeto_de_lei_095-2019.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/940/projeto_de_lei_096-2019.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/941/projeto_de_lei_097-2019.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/942/projeto_de_lei_098-2019.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/943/projeto_de_lei_099-2019.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/944/projeto_de_lei_100-2019.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/947/projeto_de_lei_101-2019.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/948/projeto_de_lei_102-2019.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/950/projeto_de_lei_103-2019.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/951/projeto_de_lei_104-2019.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/952/projeto_de_lei_105-2019.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/963/projeto_de_lei_106-2019.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/964/projeto_de_lei_107-2019.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/965/projeto_de_lei_108-2019.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/970/projeto_de_lei_109-2019.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/971/projeto_de_lei_110-2019.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/972/projeto_de_lei_111-2019.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/974/projeto_de_lei_112-2019.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/975/projeto_de_lei_113-2019.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/994/projeto_de_lei_114-2019.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/996/projeto_de_lei_115-2019.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1002/projeto_de_lei_116-2019.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1003/projeto_de_lei_117-2019.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1005/projeto_de_lei_118-2019.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1006/projeto_de_lei_119-2019.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1011/projeto_de_lei_120-2019.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1012/projeto_de_lei_121-2019.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1013/projeto_de_lei_122-2019.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1014/projeto_de_lei_123-2019.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1015/projeto_de_lei_124-2019.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1016/projeto_de_lei_125-2019.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1017/projeto_de_lei_126-2019.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1022/projeto_de_lei_127-2019.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1023/projeto_de_lei_128-2019.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1024/projeto_de_lei_129-2019.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1044/projeto_de_lei_130-2019.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1045/projeto_de_lei_131-2019.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1046/projeto_de_lei_132-2019.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1047/projeto_de_lei_133-2019.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1048/projeto_de_lei_134-2019.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1049/projeto_de_lei_135-2019.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1051/projeto_de_lei_136-2019.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1052/projeto_de_lei_137-2019.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1056/projeto_de_lei_138-2019.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1058/projeto_de_lei_139-2019.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1059/projeto_de_lei_140-2019.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1060/projeto_de_lei_141-2019.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1061/projeto_de_lei_142-2019.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1062/projeto_de_lei_143-2019.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1063/projeto_de_lei_144-2019.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1064/projeto_de_lei_145-2019.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1068/projeto_de_lei_148-2019.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/307/001-contrato-emergencial-op.-patrulha-agr-cola-smade-.doc" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/308/002-loca-o-pr-dio-almoxarifado-.doc" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/311/005-contrato-emergencial-psic-loga-.doc" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/312/006-contrato-tempor-rio-fiscal-.doc" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/313/007-renova-o-loca-o-pr-dio-.doc" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/314/008-loca-o-pr-dio-subprefeitura-.doc" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/315/009-contrato-tempor-rio-engenheiro-civil-.doc" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/319/011-revis-o-geral-.doc" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/317/012-revis-o-geral-conselho-tutelar-.doc" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/318/013-cedencia-nossa-senhora-aparecida-.doc" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/320/014-contrato-emergencial-op.-m-quinas-smostt-.doc" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/321/015-conv-nio-emater-.doc" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/322/016-contrato-tempor-rio-professor-ed.-f-sica-.doc" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/323/017-contrato-tempor-rio-professor-t-c.-agr-colas-.doc" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/324/018-contrato-tempor-rio-professor-ed.-infantil-.doc" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/325/019-contrato-tempor-rio-professor-espanhol-.doc" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/326/020-contrato-tempor-rio-professor-geografia-.doc" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/327/021-contrato-tempor-rio-professor-matem-tica-.doc" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/328/022-contrato-tempor-rio-professor-series-iniciai_ysu50GD.doc" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/329/023-contrato-tempor-rio-professor-series-iniciai_4492vHy.doc" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/330/024-contrato-tempor-rio-professor-s-ries-iniciais-.doc" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/331/025-contrato-emergencial-servente-geral-emei-h-lio-.doc" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/332/026-contrato-emergencial-serv.-merendeira-.doc" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/333/027-contrato-emergencial-atendende-geral-.doc" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/334/028-contrato-tempor-rio-oper-rio-.doc" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/335/029-autoriza-receber-area-de-terras-.doc" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/336/projeto-de-lei-030-2018.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/337/projeto-de-lei-031-2018.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/338/projeto-de-lei-032-2017.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/339/projeto-de-lei-033-2018.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/340/projeto-de-lei-034-2018.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/359/projeto-de-lei-034-2018.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/360/projeto-de-lei-036-2018.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/361/projeto-de-lei-037-2018.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/362/projeto-de-lei-038-2018.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/387/projeto-de-lei-039-2018.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/388/projeto-de-lei-040-2018.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/389/projeto-de-lei-041-2018.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/390/projeto-de-lei-042-2018.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/391/projeto-de-lei-043-2018.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/392/projeto-de-lei-044-2018.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/393/projeto-de-lei-045-2018.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/394/projeto-de-lei-046-2018.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/395/projeto-de-lei-047-2018.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/396/projeto-de-lei-048-2018.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/397/projeto-de-lei-049-2018.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/398/projeto-de-lei-050-2018.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/399/projeto-de-lei-051-2018.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/404/projeto-de-lei-052-2018.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/407/projeto-de-lei-053-2018.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/408/projeto-de-lei-054-2018.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/409/projeto-de-lei-055-2018.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_de_lei_056-2018.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/414/projeto-de-lei-057-2018.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/415/projeto-de-lei-058-2018.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/416/projeto-de-lei-059-2018.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/420/projeto-de-lei-060-2018.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/421/projeto-de-lei-061-2018.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/422/projeto-de-lei-062-2018.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/423/projeto-de-lei-063-2018.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/424/projeto-de-lei-064-2018.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/425/projeto-de-lei-065-2018.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/435/projeto-de-lei-066-2018.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/436/projeto-de-lei-067-2018.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/437/projeto-de-lei-068-2018.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/438/projeto-de-lei-069-2018.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_de_lei_070-2018.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_de_lei_071-2018.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_de_lei_072-2018.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_de_lei_073-2018.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_de_lei_074-2018.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_de_lei_075-2018.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_de_lei_076-2018.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_de_lei_077-2018.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_de_lei_079-2018.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_de_lei_081-2018.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_de_lei_082-2018.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_de_lei_083-2018.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_de_lei_084-2018.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_de_lei_085-2018.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_de_lei_086-2018.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/497/projeto_de_lei_088-2018_M4x1Zxl.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_de_lei_089-2018.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_de_lei_090-2018.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_de_lei_091-2018.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_de_lei_092-2018.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_de_lei_093-2018.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_de_lei_094-2018.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_de_lei_095-2018.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_de_lei_096-2018.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_de_lei_097-2018.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_de_lei_098-2018.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_de_lei_100-2018_2.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_de_lei_101-2018.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_de_lei_102-2018.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/533/projeto_de_lei_103-2018.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/534/projeto_de_lei_104-2018.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/535/projeto_de_lei_105-2018.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/550/projeto_de_lei_106-2018.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/551/projeto_de_lei_107-2018.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/552/projeto_de_lei_108-2018.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/553/projeto_de_lei_109-2018.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/554/projeto_de_lei_110-2018.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/555/projeto_de_lei_111-2018.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/556/projeto_de_lei_112-2018.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/557/projeto_de_lei_113-2018.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/559/projeto_de_lei_115-2018.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/561/projeto_de_lei_117-2018.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/580/projeto_de_lei_118-2018.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/581/projeto_de_lei_119-2018.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/582/projeto_de_lei_120-2018.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/583/projeto_de_lei_121-2018.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/584/projeto_de_lei_122-2018.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/596/projeto_de_lei_123-2018_Lv31TIX.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/597/projeto_de_lei_124-2018.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/598/projeto_de_lei_125-2018.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/599/projeto_de_lei_126-2018.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/600/projeto_de_lei_127-2018.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/601/projeto_de_lei_128-2018.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/611/projeto_de_lei_129-2018.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/612/projeto_de_lei_130-2018.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/613/projeto_de_lei_131-2018.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/614/projeto_de_lei_132-2018.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/615/projeto_de_lei_133-2018_hj57cFH.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/619/projeto_de_lei_134-2018.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/620/projeto_de_lei_135-2018.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/616/projeto_de_lei_136-2018_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/621/projeto_de_lei_137-2018.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/622/projeto_de_lei_138-2018.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/623/projeto_de_lei_139-2018.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/624/projeto_de_lei_140-2018.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/629/projeto_de_lei_141-2018.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/630/projeto_de_lei_142-2018_A5qgYar.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/631/projeto_de_lei_143-2018.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/638/projeto_de_lei_144-2018.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/647/projeto_de_lei_145-2018.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/648/pl_146.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/649/pl_147.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/650/projeto_de_lei_148-2018.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/651/projeto_de_lei_149-2018.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/656/projeto_de_lei_150-2018.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/657/projeto_de_lei_151-2018.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/659/projeto_de_lei_153-2018.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/660/projeto_de_lei_154-2018.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/662/projeto_de_lei_156-2018.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/663/projeto_de_lei_157-2018.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/664/projeto_de_lei_158-2018.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/677/projeto_de_lei_160-2018.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/695/projeto_de_lei_161-2018.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/696/projeto_de_lei_162-2018.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/697/projeto_de_lei_163-2018.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/698/projeto_de_lei_164-2018.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/699/projeto_de_lei_165-2018.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/700/projeto_de_lei_166-2018.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/703/projeto_de_lei_167-2018.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/704/projeto_de_lei_168-2018.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/705/projeto_de_lei_169-2018_8WkR6B0.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/719/projeto_de_lei_170-2018.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/720/projeto_de_lei_171-2018.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/721/projeto_de_lei_172-2018.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/723/projeto_de_lei_173-2018.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/724/projeto_de_lei_174-2018.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/725/projeto_de_lei_175-2018.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/726/projeto_de_lei_176-2018.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/727/projeto_de_lei_177-2018.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/83/projeto-de-lei-132-2017.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/32/projeto-de-lei-133-2017.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/53/projeto-de-lei-135-2017.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/182/projeto-de-lei-136-2017.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/183/projeto-de-lei-137-2017.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/211/projeto-de-lei-138-2017.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/212/projeto-de-lei-139-2017.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/226/projeto-de-lei-140-2017.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/231/projeto-de-lei-141-2017.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/248/projeto-de-lei-142-2017.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/245/projeto-de-lei-143-2017.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/249/projeto-de-lei-144-2017.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/250/projeto-de-lei-145-2017.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/254/projeto-de-lei-146-2017.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/256/projeto-de-lei-147-2017.pdf" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/257/projeto-de-lei-148-2017.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/258/projeto-de-lei-149-2017.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/259/projeto-de-lei-150-2017.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/260/projeto-de-lei-151-2017.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/263/projeto-de-lei-152-2017.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/264/projeto-de-lei-153-2017.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/265/projeto-de-lei-154-2017.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/266/projeto-de-lei-155-2017..pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/267/projeto-de-lei-156-2017.pdf" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/268/projeto-de-lei-157-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>