--- v0 (2025-10-27)
+++ v1 (2026-02-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2225" uniqueCount="860">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2265" uniqueCount="878">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -709,50 +709,110 @@
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3813/projeto_de_lei_leg._053.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço Municipal de Referência para Atendimento Integral à Mulher em Situação de Violência e dá outras providências.</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3842/projeto_de_lei_054.2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Bem-Estar, Saúde e Qualidade de Vida no Trabalho e de Valorização dos Profissionais da Educação no âmbito do Município de Mostardas e dá outras providências.</t>
   </si>
   <si>
+    <t>3888</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3888/projeto_de_lei_55.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui as Práticas Integrativas e Complementares - PICS no âmbito do município de Mostardas.</t>
+  </si>
+  <si>
+    <t>3890</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3890/proj._de_lei_legislativo_056.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dá nome a estrada da Praia de São Simão.</t>
+  </si>
+  <si>
+    <t>3895</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_57.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Rota Afro-Turística Quilombola de Mostardas, no âmbito do Município de Mostardas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3896</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_58.2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Mostardense ao Sr. Guilherme Marques Moreira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3907</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3907/projeto_de_lei_059.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa Idosa e dá outras providências.</t>
+  </si>
+  <si>
     <t>2598</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Anelise Liz, Dudu Verardi, Edinei Machado, Jorge Amaro, Toni Araújo</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2598/projeto_de_lei_leg_001-2024.pdf</t>
   </si>
   <si>
     <t>Cria o parágrafo único no artigo 2º da Lei Municipal nº 3.255/2014 e dá outras providências.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2599/projeto_de_lei_leg_002-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a celebrar contrato por tempo determinado.</t>
   </si>
   <si>
     <t>2627</t>
@@ -1264,63 +1324,57 @@
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL AOS EXERCENTES DE MANDATOS ELETIVOS DE VEREADOR</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL ANUAL - ARTIGO 37, X, DA CF - AOS VENCIMENTOS DOS SERVIDORES ATIVOS, AOS PROVENTOS E ÀS PENSÕES DOS APOSENTADOS E PENSIONISTAS DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2545/projeto_de_lei_054.2023_leg..pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL ANUAL - ARTIGO 37 X DA CONSTITUIÇÃO FEDERAL E LEI MUNICIPAL Nº 4139/2020 AOS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_lei_055.2023_leg..pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REVISÃO GERAL ANUAL - ARTIGO 37, X DA CONSTITUIÇÃO FEDERAL E LEI MUNICIPAL Nº 4139/2020 DOS SUBSÍDIOS DOS SECRETÁRIOS MUNICIPAIS DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2547</t>
-  </si>
-[...1 lines deleted...]
-    <t>56</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2547/progeto_de_lei_056.2023_leg..pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4552, DE 20 DE DEZEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_001-2022_calendario_de_eventos.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário de Eventos Oficiais do Município de Mostardas a Semana Municipal da Juventude e dá outras providências.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_lei_002_2022_legislativo.pdf</t>
   </si>
@@ -2938,56 +2992,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2939/projeto_de_lei_do_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2940/projeto_de_lei_do_legislativo_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2941/projeto_de_lei_do_legislativo_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2942/projeto_de_lei_do_legislativo_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_lei_legislativo_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3000/projeto_de_lei_006.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3013/projeto_de_lei_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3044/projeto_de_lei_legislativo_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3045/projeto_de_lei_legislativo_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3046/projeto_de_lei_legislativo_010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3270/projeto_de_lei_legislativo_011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3271/projeto_de_lei_legislativo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3272/projeto_de_lei_legislativo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3292/projeto_de_lei_legislativo_014.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3315/projeto_de_lei_legislativo_015.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3346/projeto_de_lei_legislastivo_016.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3347/projeto_de_lei_017.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3348/projeto_de_lei_legislativo_018.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3349/projeto_de_lei_legislativo_019.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3350/projeto_de_lei_legislativo__020.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3383/projeto_de_lei_legislativo_021.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3384/projeto_de_lei_legislativo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3380/projeto_de_lei_legislativo_023.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3381/projeto_de_lei_legislativo_024.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3382/projeto_de_lei_legislativo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3385/projeto_de_lei_legislativo_026.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3386/projeto_de_lei_legislativo_027.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3390/projeto_de_lei_028.2025-1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3391/projeto_de_lei_legis._029.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3392/projeto_de_lei_legislativo_030.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3416/projeto_de_lei_legislativo_31.25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3431/projeto_de_lei_legis._032.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3432/projeto_de_lei_legis._033.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3444/projeto_de_lei_legislativo_034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3445/projeto_de_lei_035.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3481/projeto_de_lei_leg._036.2025_ipe.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3469/projeto_de_lei_legis._037.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3470/projeto_de_lei_legis._038.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3531/projeto_de_lei_legislativo_039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3532/projeto_de_lei_legis._040.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3548/projeto_de_lei_legislativo_041.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3549/projeto_de_lei_legislativo_042.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3550/projeto_de_lei_legislativo_043.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3583/projeto_de_lei_legis._044.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3611/projeto_de_lei_legislativo_045.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3625/projeto_de_lei_legis._046.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3672/pl_legislativo_047.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3673/pl_legislativo_048.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3674/pl_legislativo_049.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3695/projeto_de_lei_leg._050.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_legislativo_051.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3812/projeto_de_lei_leg._052.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3813/projeto_de_lei_leg._053.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3842/projeto_de_lei_054.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2598/projeto_de_lei_leg_001-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2599/projeto_de_lei_leg_002-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2627/projeto_de_lei_003.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2677/projeto_de_lei_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2658/projeto_de_lei_legislativo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2679/projeto_de_lei_legislativo_004-2024_2.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2714/projeto_de_lei_leg_007-2024_2.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2715/projeto_de_lei_leg_008-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2769/projeto_de_lei_legislativo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2770/projeto_de_lei_leg._10.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2881/projeto_de_lei_011.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2882/projeto_de_lei_12.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2901/projeto_de_lei_legislativo__013.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2133/projeto_de_lei.leg.exp_001_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2125/projeto_de_lei.leg.exp_001_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2126/projeto_de_lei.leg.exp._002_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2149/projeto_de_lei.leg.exp._004_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2179/projeto_de_lei_legislativo_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2183/projeto_de_lei_legislativo_no_006_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2210/projeto_de_lei_leg._exp._007_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2217/projeto_de_lei_leg._exp._008_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_lei_leg._exp._009_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2231/projeto_de_lei_leg_exp._010_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2249/projeto_de_lei_leg_exp.011_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2237/projeto_de_lei_exp._012_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2259/projeto_de_lei_leg._exp._013_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_de_lei_legislativo_014-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2280/projeto_de_lei_legislativo_no_015-2023_selo_verde_-_empresa_sustentevel.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2294/projeto_de_lei_legislativo_no_016-2023_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2295/projeto_de_lei_legislativo_no_017-2023_cultura_africa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2296/projeto_de_lei_legislativo_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2310/projeto_de_lei_legislativo_no_019-2023_titulo_de_cidadadao_daltro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2316/projeto_de_lei._leg_020.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2325/projeto_de_lei_leg._021.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2326/projeto_de_lei_leg._022.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2343/projeto_de_lei_leg._023.2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2376/projeto_de_lei_024.2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2383/projeto_de_lei_leg._025.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2388/projeto_de_lei_leg._026.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2392/projeto_de_lei_leg._027.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2398/projeto_de_lei_028.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2399/projeto_de_lei_leg.029.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2413/projeto_de_lei_leg._030.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_leg._031.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2415/projeto_de_lei_leg._032.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2416/projeto_de_lei_leg._033.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_leg._034.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_leg._035.2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_leg._036.2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_leg._037.2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_leg._038.2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_leg._039.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_legislativo_040-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_leg.041.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_leg._042.202300288520231016160556.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2435/projeto_de_lei_leg.043.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2436/projeto_de_lei_leg._044.2023_2.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2441/projeto_de_lei_leg._045.2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2454/proj._de_lei_leg._046-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2469/projeto_de_lei_leg._047.2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2485/projeto_de_lei_048.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2507/projeto_de_lei_leg._049.2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2508/projeto_de_lei_leg._050.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2509/projeto_de_lei_leg._051.2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2543/projeto_de_lei_052.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2545/projeto_de_lei_054.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_lei_055.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2547/progeto_de_lei_056.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_001-2022_calendario_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_lei_002_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1778/projeto_de_lei_003_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei__004_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1785/projeto_de_lei_legislativo_005_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1786/projeto_de_lei_legislativo_006_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_leg._exp._007_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1857/projeto_de_lei._leg.exp._008_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1903/projeto_de_lei_legislativo_009-2022_altera_leis_3292_e_3740.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1928/projeto_de_lei_leg_exp._011_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1927/projeto_de_lei_leg_exp._012_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_leg_exp_013_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_leg_exp_014_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_leg_exp_015_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_de_lei_leg_exp_016_2022___.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_de_lei_leg_exp._017_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1941/projeto_de_lei_leg_exp._018_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1963/projeto_de_lei_legislativo_019-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1964/projeto_de_lei_legislativo_020-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1957/projeto_de_lei_legislativo_021-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_leg._exp._022_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1977/projeto_de_lei_legislativo_023-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1985/projeto_de_lei_legislativo_024-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_legislativo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2004/projeto_de_lei_legislativo_026-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2017/projeto_de_lei._leg_.027_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2026/projeto_de_lei._leg._exp._028_2022_.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2053/projeto_de_lei.leg.exp_029_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2058/projeto_de_lei._leg._exp_030_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2059/projeto_de_lei._leg._exp_031_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei.leg.exp._032_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2074/projeto_de_lei.leg.exp_033_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2075/projeto_de_lei.leg.exp._034_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2076/projeto_de_lei.leg.exp.036_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2077/projeto_de_lei.leg.exp._037_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2078/projeto_de_lei.leg.exp._038_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2079/projeto_de_lei.leg.exp._039_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2080/projeto_de_lei.leg.exp._040_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei.leg.exp._041_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2094/projeto_de_lei_leg_042-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1281/projeto_de_lei_legislativo_001-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_legislativo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1283/projeto_de_lei_legislativo_003-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_legislativo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1293/projeto_de_lei_legislativo_005-2021_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1298/projeto_de_lei_legislativo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1318/projeto_de_lei_legislativo_007-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/pll_008correcao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1345/projeto_de_lei_legislativo_010-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1363/projeto_de_lei_legislativo_010-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1386/projeto_de_lei_legislativo_011-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_legislativo_012-2021_semana_sindrome_de_down.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_legislativo_013-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_legislativo_014-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_legislativo_015-2021_creditos_tributarios.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_legislativo_016-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_legislativo_017-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_legislativo_018-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_legislativo_019-2021_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1445/projeto_de_lei_020-2021_substituicao_nome_rua_balneario.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1460/projeto_de_lei_legislativo_022-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1571/projeto_de_lei_legislativo_023-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_legislativo_024-2021_banco_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_de_lei_legislativo_025-2021_substituicao_nome_rua_balneario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1499/projeto_de_lei_legislativo_026-2021_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_do_legislativo_027-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_legislativo_028-2021_titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_legislativo_029-2021_pessoas_com_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1542/projeto_de_lei_legislativo_030-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_legislativo_031-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1538/projeto_de_lei_legislativo_032-2021_diretrizes__off_road.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1539/projeto_de_lei_legislativo_033-2021_programa_censo-inclusao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1578/projeto_de_lei_legislativo_034-2021_carreira_artesao.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/1._projeto_de_lei_no_036-2021_-_concede_percentual_derevisao_geral_aos_exercentes_de_mandatos_eletivos_de_vereador_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/2._projeto_de_lei_no_037-2021_-_revisao_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1636/3._projeto_de_lei_no_038-2021_-_revisao_secretarios_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1637/4._projeto_de_lei_no_039-2021_-_revisao_servidores_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1078/projeto_de_lei_002-2019_vereadores_revi_salarial.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1079/projeto_de_lei_003-2019_revisao_secretarios.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1080/projeto_de_lei_004-2019_revisao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1081/projeto_de_lei_005-2019_revisao_servidores.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1082/projeto_de_lei_006-2019_aumento_real_servidores.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1130/projeto_de_lei_007-2020_subsidios_vereadores_ge_yYlEExA.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1131/projeto_de_lei_008-2020_salario_pref_vice__gest_U3o1we2.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1132/projeto_de_lei_009-2020_subsidio_secretarios_mu_CnqGT3R.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1133/projeto_de_lei_010-2020_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1146/projeto_de_lei_011-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1190/projeto_de_lei_012-2020_semana_municipal_do_pescador.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1195/projeto_de_lei_no_13-2020__autoriza_o_poder_leg_g4l6prS.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1196/projeto_de_lei_014-2020_titulo_de_cidadao_mostardense.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1202/projeto_de_lei_015-2020_da_nome_a_estrada-nova_escocia.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1203/projeto_de_lei_016-2020_da_nome_a_estrada-nunes.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1204/projeto_de_lei_017-2020_da_nome_a_estrada-rita.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1207/projeto_de_lei_018-2020_titulo_de_cidada_mostardense.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1213/projeto_de_lei_019-2020_da_nome_a_rua.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1215/projeto_de_lei_020-2020_veda_nomeacao_cc_reus_maria_da_penha_e_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1221/projeto_de_lei_021-2020_inclui_carne_peixe_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_lei_001-2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_lei_002-2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/756/projeto_de_lei_003-2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/757/projeto_de_lei_004-2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_lei_005-2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/805/projeto_de_lei_006-2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/806/projeto_de_lei_007-2019_spg4kEo.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/835/projeto_de_lei_008-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_de_lei_009-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/838/projeto_de_lei_010-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_011-2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_lei_012-2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_lei_013-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_lei_014-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/930/projeto_de_lei_013-20192.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/931/projeto_de_lei_016-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/932/projeto_de_lei_017-2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_de_lei_018-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/949/projeto_de_lei_019-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/984/projeto_de_lei_020-2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/999/projeto_de_lei_021-2019.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1000/projeto_de_lei_022-2019.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1004/projeto_de_lei_023-2019_9pRfaRl.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1008/projeto_de_lei_024-2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1009/projeto_de_lei_025-2019.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1019/projeto_de_lei_026-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1053/projeto_de_lei_027-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto-de-lei-001-2018.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto-de-lei-002-2018.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto-de-lei-003-2018.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto-de-lei-004-2018_VcoJBMM.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto-de-lei-005-2018.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto-de-lei-006-2018.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto-de-lei-007-2018.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/604/projeto_de_lei_008-2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/672/projeto_de_lei_legislativo_009-2018.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/678/projeto_de_lei_011-2018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/679/projeto_de_lei_012-2018.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/680/projeto_de_lei_013-2018.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/688/projeto_de_lei_014-2018.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/708/projeto_de_lei_015-2018.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/64/projeto-de-lei-01-2017-de-autoria-da-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/215/projeto-de-lei-001-2017-de-autoria-do-vereador-t_ZcZt3Pu.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/216/projeto-de-lei-001-2017-de-autoria-do-vereador-e_HDuiTOE.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/217/projeto-de-lei-002-2017-de-autoria-do-vereador-t_yWQLg1J.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/218/projeto-de-lei-001-2017-de-autoria-do-vereador-l_g2kZz46.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/219/projeto-de-lei-001-2017-de-autoria-do-vereador-j_4U4YbOs.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/220/projeto-de-lei-002-2017-de-autoria-do-vereador-e_s7Y9YVO.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/221/projeto-de-lei-002-2017-de-autoria-do-vereador-t_JE6q2No.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/222/projeto-de-lei-003-2017-de-autoria-do-vereador-t_ppA8maJ.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/223/projeto-de-lei-004-2017-de-autoria-do-vereador-t_WCvVcKX.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/240/projeto-de-lei-001-2017-de-autoria-do-vereador-j_m4lnYcH.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/241/projeto-de-lei-002-2017-de-autoria-do-vereador-l_hSkS3RF.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/242/projeto-de-lei-001-2017-de-autoria-do-vereador-d_gWBrFn5.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/243/projeto-de-lei-002-2017-de-autoria-do-vereador-d_DiGpbQX.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/244/projeto-de-lei-002-2017-de-autoria-da-mesa-diretora.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2939/projeto_de_lei_do_legislativo_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2940/projeto_de_lei_do_legislativo_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2941/projeto_de_lei_do_legislativo_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2942/projeto_de_lei_do_legislativo_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2981/projeto_de_lei_legislativo_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3000/projeto_de_lei_006.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3013/projeto_de_lei_007.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3044/projeto_de_lei_legislativo_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3045/projeto_de_lei_legislativo_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3046/projeto_de_lei_legislativo_010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3270/projeto_de_lei_legislativo_011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3271/projeto_de_lei_legislativo_012-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3272/projeto_de_lei_legislativo_013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3292/projeto_de_lei_legislativo_014.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3315/projeto_de_lei_legislativo_015.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3346/projeto_de_lei_legislastivo_016.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3347/projeto_de_lei_017.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3348/projeto_de_lei_legislativo_018.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3349/projeto_de_lei_legislativo_019.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3350/projeto_de_lei_legislativo__020.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3383/projeto_de_lei_legislativo_021.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3384/projeto_de_lei_legislativo_022-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3380/projeto_de_lei_legislativo_023.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3381/projeto_de_lei_legislativo_024.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3382/projeto_de_lei_legislativo_01.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3385/projeto_de_lei_legislativo_026.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3386/projeto_de_lei_legislativo_027.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3390/projeto_de_lei_028.2025-1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3391/projeto_de_lei_legis._029.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3392/projeto_de_lei_legislativo_030.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3416/projeto_de_lei_legislativo_31.25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3431/projeto_de_lei_legis._032.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3432/projeto_de_lei_legis._033.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3444/projeto_de_lei_legislativo_034-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3445/projeto_de_lei_035.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3481/projeto_de_lei_leg._036.2025_ipe.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3469/projeto_de_lei_legis._037.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3470/projeto_de_lei_legis._038.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3531/projeto_de_lei_legislativo_039.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3532/projeto_de_lei_legis._040.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3548/projeto_de_lei_legislativo_041.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3549/projeto_de_lei_legislativo_042.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3550/projeto_de_lei_legislativo_043.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3583/projeto_de_lei_legis._044.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3611/projeto_de_lei_legislativo_045.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3625/projeto_de_lei_legis._046.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3672/pl_legislativo_047.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3673/pl_legislativo_048.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3674/pl_legislativo_049.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3695/projeto_de_lei_leg._050.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3736/projeto_de_lei_legislativo_051.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3812/projeto_de_lei_leg._052.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3813/projeto_de_lei_leg._053.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3842/projeto_de_lei_054.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3888/projeto_de_lei_55.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3890/proj._de_lei_legislativo_056.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3895/projeto_de_lei_57.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3896/projeto_de_lei_58.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3907/projeto_de_lei_059.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2598/projeto_de_lei_leg_001-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2599/projeto_de_lei_leg_002-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2627/projeto_de_lei_003.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2677/projeto_de_lei_legislativo_004-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2658/projeto_de_lei_legislativo_005-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2679/projeto_de_lei_legislativo_004-2024_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2714/projeto_de_lei_leg_007-2024_2.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2715/projeto_de_lei_leg_008-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2769/projeto_de_lei_legislativo_009-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2770/projeto_de_lei_leg._10.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2881/projeto_de_lei_011.2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2882/projeto_de_lei_12.2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2901/projeto_de_lei_legislativo__013.2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2133/projeto_de_lei.leg.exp_001_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2125/projeto_de_lei.leg.exp_001_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2126/projeto_de_lei.leg.exp._002_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2149/projeto_de_lei.leg.exp._004_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2179/projeto_de_lei_legislativo_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2183/projeto_de_lei_legislativo_no_006_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2210/projeto_de_lei_leg._exp._007_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2217/projeto_de_lei_leg._exp._008_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2218/projeto_de_lei_leg._exp._009_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2231/projeto_de_lei_leg_exp._010_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2249/projeto_de_lei_leg_exp.011_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2237/projeto_de_lei_exp._012_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2259/projeto_de_lei_leg._exp._013_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2274/projeto_de_lei_legislativo_014-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2280/projeto_de_lei_legislativo_no_015-2023_selo_verde_-_empresa_sustentevel.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2294/projeto_de_lei_legislativo_no_016-2023_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2295/projeto_de_lei_legislativo_no_017-2023_cultura_africa.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2296/projeto_de_lei_legislativo_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2310/projeto_de_lei_legislativo_no_019-2023_titulo_de_cidadadao_daltro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2316/projeto_de_lei._leg_020.2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2325/projeto_de_lei_leg._021.2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2326/projeto_de_lei_leg._022.2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2343/projeto_de_lei_leg._023.2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2376/projeto_de_lei_024.2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2383/projeto_de_lei_leg._025.2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2388/projeto_de_lei_leg._026.2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2392/projeto_de_lei_leg._027.2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2398/projeto_de_lei_028.2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2399/projeto_de_lei_leg.029.2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2413/projeto_de_lei_leg._030.2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2421/projeto_de_lei_leg._031.2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2415/projeto_de_lei_leg._032.2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2416/projeto_de_lei_leg._033.2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2422/projeto_de_lei_leg._034.2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2423/projeto_de_lei_leg._035.2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2424/projeto_de_lei_leg._036.2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2425/projeto_de_lei_leg._037.2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2426/projeto_de_lei_leg._038.2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2431/projeto_de_lei_leg._039.2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2432/projeto_de_lei_legislativo_040-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2433/projeto_de_lei_leg.041.2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2434/projeto_de_lei_leg._042.202300288520231016160556.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2435/projeto_de_lei_leg.043.2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2436/projeto_de_lei_leg._044.2023_2.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2441/projeto_de_lei_leg._045.2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2454/proj._de_lei_leg._046-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2469/projeto_de_lei_leg._047.2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2485/projeto_de_lei_048.2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2507/projeto_de_lei_leg._049.2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2508/projeto_de_lei_leg._050.2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2509/projeto_de_lei_leg._051.2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2543/projeto_de_lei_052.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2545/projeto_de_lei_054.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2546/projeto_de_lei_055.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2547/progeto_de_lei_056.2023_leg..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1688/projeto_de_lei_001-2022_calendario_de_eventos.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1773/projeto_de_lei_002_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1778/projeto_de_lei_003_2022_legislativo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1779/projeto_de_lei__004_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1785/projeto_de_lei_legislativo_005_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1786/projeto_de_lei_legislativo_006_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1809/projeto_de_lei_leg._exp._007_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1857/projeto_de_lei._leg.exp._008_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1903/projeto_de_lei_legislativo_009-2022_altera_leis_3292_e_3740.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1928/projeto_de_lei_leg_exp._011_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1927/projeto_de_lei_leg_exp._012_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1936/projeto_de_lei_leg_exp_013_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1937/projeto_de_lei_leg_exp_014_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1938/projeto_de_lei_leg_exp_015_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1939/projeto_de_lei_leg_exp_016_2022___.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1940/projeto_de_lei_leg_exp._017_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1941/projeto_de_lei_leg_exp._018_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1963/projeto_de_lei_legislativo_019-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1964/projeto_de_lei_legislativo_020-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1957/projeto_de_lei_legislativo_021-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1970/projeto_de_lei_leg._exp._022_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1977/projeto_de_lei_legislativo_023-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1985/projeto_de_lei_legislativo_024-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1991/projeto_de_lei_legislativo_025-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2004/projeto_de_lei_legislativo_026-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2017/projeto_de_lei._leg_.027_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2026/projeto_de_lei._leg._exp._028_2022_.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2053/projeto_de_lei.leg.exp_029_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2058/projeto_de_lei._leg._exp_030_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2059/projeto_de_lei._leg._exp_031_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2087/projeto_de_lei.leg.exp._032_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2074/projeto_de_lei.leg.exp_033_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2075/projeto_de_lei.leg.exp._034_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2076/projeto_de_lei.leg.exp.036_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2077/projeto_de_lei.leg.exp._037_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2078/projeto_de_lei.leg.exp._038_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2079/projeto_de_lei.leg.exp._039_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2080/projeto_de_lei.leg.exp._040_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2086/projeto_de_lei.leg.exp._041_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2094/projeto_de_lei_leg_042-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1281/projeto_de_lei_legislativo_001-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1282/projeto_de_lei_legislativo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1283/projeto_de_lei_legislativo_003-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1284/projeto_de_lei_legislativo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1293/projeto_de_lei_legislativo_005-2021_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1298/projeto_de_lei_legislativo_006-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1318/projeto_de_lei_legislativo_007-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1320/pll_008correcao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1345/projeto_de_lei_legislativo_010-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1363/projeto_de_lei_legislativo_010-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1386/projeto_de_lei_legislativo_011-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1364/projeto_de_lei_legislativo_012-2021_semana_sindrome_de_down.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1372/projeto_de_lei_legislativo_013-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1377/projeto_de_lei_legislativo_014-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1421/projeto_de_lei_legislativo_015-2021_creditos_tributarios.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1392/projeto_de_lei_legislativo_016-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1393/projeto_de_lei_legislativo_017-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1403/projeto_de_lei_legislativo_018-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1416/projeto_de_lei_legislativo_019-2021_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1445/projeto_de_lei_020-2021_substituicao_nome_rua_balneario.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1460/projeto_de_lei_legislativo_022-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1571/projeto_de_lei_legislativo_023-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1475/projeto_de_lei_legislativo_024-2021_banco_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1476/projeto_de_lei_legislativo_025-2021_substituicao_nome_rua_balneario.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1499/projeto_de_lei_legislativo_026-2021_patrimonio_cultural.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1498/projeto_de_lei_do_legislativo_027-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1518/projeto_de_lei_legislativo_028-2021_titulo_cidadao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1519/projeto_de_lei_legislativo_029-2021_pessoas_com_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1542/projeto_de_lei_legislativo_030-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1543/projeto_de_lei_legislativo_031-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1538/projeto_de_lei_legislativo_032-2021_diretrizes__off_road.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1539/projeto_de_lei_legislativo_033-2021_programa_censo-inclusao.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1578/projeto_de_lei_legislativo_034-2021_carreira_artesao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1634/1._projeto_de_lei_no_036-2021_-_concede_percentual_derevisao_geral_aos_exercentes_de_mandatos_eletivos_de_vereador_1.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1635/2._projeto_de_lei_no_037-2021_-_revisao_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1636/3._projeto_de_lei_no_038-2021_-_revisao_secretarios_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1637/4._projeto_de_lei_no_039-2021_-_revisao_servidores_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1078/projeto_de_lei_002-2019_vereadores_revi_salarial.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1079/projeto_de_lei_003-2019_revisao_secretarios.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1080/projeto_de_lei_004-2019_revisao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1081/projeto_de_lei_005-2019_revisao_servidores.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1082/projeto_de_lei_006-2019_aumento_real_servidores.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1130/projeto_de_lei_007-2020_subsidios_vereadores_ge_yYlEExA.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1131/projeto_de_lei_008-2020_salario_pref_vice__gest_U3o1we2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1132/projeto_de_lei_009-2020_subsidio_secretarios_mu_CnqGT3R.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1133/projeto_de_lei_010-2020_titulo_de_cidadao.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1146/projeto_de_lei_011-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1190/projeto_de_lei_012-2020_semana_municipal_do_pescador.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1195/projeto_de_lei_no_13-2020__autoriza_o_poder_leg_g4l6prS.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1196/projeto_de_lei_014-2020_titulo_de_cidadao_mostardense.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1202/projeto_de_lei_015-2020_da_nome_a_estrada-nova_escocia.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1203/projeto_de_lei_016-2020_da_nome_a_estrada-nunes.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1204/projeto_de_lei_017-2020_da_nome_a_estrada-rita.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1207/projeto_de_lei_018-2020_titulo_de_cidada_mostardense.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1213/projeto_de_lei_019-2020_da_nome_a_rua.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1215/projeto_de_lei_020-2020_veda_nomeacao_cc_reus_maria_da_penha_e_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1221/projeto_de_lei_021-2020_inclui_carne_peixe_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/754/projeto_de_lei_001-2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/755/projeto_de_lei_002-2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/756/projeto_de_lei_003-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/757/projeto_de_lei_004-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/804/projeto_de_lei_005-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/805/projeto_de_lei_006-2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/806/projeto_de_lei_007-2019_spg4kEo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/835/projeto_de_lei_008-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_de_lei_009-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/838/projeto_de_lei_010-2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/839/projeto_de_lei_011-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/840/projeto_de_lei_012-2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/841/projeto_de_lei_013-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/929/projeto_de_lei_014-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/930/projeto_de_lei_013-20192.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/931/projeto_de_lei_016-2019.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/932/projeto_de_lei_017-2019.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/935/projeto_de_lei_018-2019.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/949/projeto_de_lei_019-2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/984/projeto_de_lei_020-2019.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/999/projeto_de_lei_021-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1000/projeto_de_lei_022-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1004/projeto_de_lei_023-2019_9pRfaRl.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1008/projeto_de_lei_024-2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1009/projeto_de_lei_025-2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1019/projeto_de_lei_026-2019.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/1053/projeto_de_lei_027-2019.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/342/projeto-de-lei-001-2018.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/343/projeto-de-lei-002-2018.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/363/projeto-de-lei-003-2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/364/projeto-de-lei-004-2018_VcoJBMM.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/365/projeto-de-lei-005-2018.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/366/projeto-de-lei-006-2018.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/367/projeto-de-lei-007-2018.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/604/projeto_de_lei_008-2018.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/672/projeto_de_lei_legislativo_009-2018.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/678/projeto_de_lei_011-2018.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/679/projeto_de_lei_012-2018.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/680/projeto_de_lei_013-2018.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/688/projeto_de_lei_014-2018.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/708/projeto_de_lei_015-2018.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/64/projeto-de-lei-01-2017-de-autoria-da-mesa-diretora.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/215/projeto-de-lei-001-2017-de-autoria-do-vereador-t_ZcZt3Pu.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/216/projeto-de-lei-001-2017-de-autoria-do-vereador-e_HDuiTOE.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/217/projeto-de-lei-002-2017-de-autoria-do-vereador-t_yWQLg1J.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/218/projeto-de-lei-001-2017-de-autoria-do-vereador-l_g2kZz46.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/219/projeto-de-lei-001-2017-de-autoria-do-vereador-j_4U4YbOs.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/220/projeto-de-lei-002-2017-de-autoria-do-vereador-e_s7Y9YVO.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/221/projeto-de-lei-002-2017-de-autoria-do-vereador-t_JE6q2No.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/222/projeto-de-lei-003-2017-de-autoria-do-vereador-t_ppA8maJ.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/223/projeto-de-lei-004-2017-de-autoria-do-vereador-t_WCvVcKX.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/240/projeto-de-lei-001-2017-de-autoria-do-vereador-j_m4lnYcH.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/241/projeto-de-lei-002-2017-de-autoria-do-vereador-l_hSkS3RF.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/242/projeto-de-lei-001-2017-de-autoria-do-vereador-d_gWBrFn5.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/243/projeto-de-lei-002-2017-de-autoria-do-vereador-d_DiGpbQX.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/244/projeto-de-lei-002-2017-de-autoria-da-mesa-diretora.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H280"/>
+  <dimension ref="A1:H285"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="114.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="190.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4390,5851 +4444,5981 @@
       </c>
       <c r="C55" t="s">
         <v>229</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
         <v>30</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>230</v>
       </c>
       <c r="H55" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>232</v>
       </c>
       <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>233</v>
       </c>
-      <c r="C56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
+        <v>115</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>237</v>
       </c>
-      <c r="B57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>238</v>
       </c>
       <c r="H57" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>240</v>
       </c>
       <c r="B58" t="s">
-        <v>233</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>21</v>
+        <v>241</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>30</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H58" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B59" t="s">
-        <v>233</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>25</v>
+        <v>245</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>30</v>
+        <v>205</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H59" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B60" t="s">
-        <v>233</v>
+        <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>30</v>
+        <v>115</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H60" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B61" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C61" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>30</v>
+        <v>254</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H61" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B62" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C62" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>205</v>
+        <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H62" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B63" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C63" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>30</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H63" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B64" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C64" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H64" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B65" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C65" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H65" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B66" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="H66" t="s">
-        <v>75</v>
+        <v>271</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B67" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C67" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>30</v>
+        <v>205</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="H67" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B68" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="C68" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>30</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="H68" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="B69" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="C69" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="H69" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B70" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="C70" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="H70" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B71" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="C71" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="H71" t="s">
-        <v>281</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B72" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="C72" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H72" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="B73" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="C73" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="H73" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C74" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="H74" t="s">
-        <v>290</v>
+        <v>259</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C75" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>30</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="H75" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>299</v>
+      </c>
+      <c r="B76" t="s">
         <v>294</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>295</v>
+        <v>30</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="H76" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="B77" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C77" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="H77" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C78" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>91</v>
+        <v>285</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H78" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B79" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C79" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>30</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="H79" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B80" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C80" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="H80" t="s">
-        <v>75</v>
+        <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B81" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C81" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>30</v>
+        <v>315</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="H81" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="B82" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C82" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>295</v>
+        <v>30</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="H82" t="s">
-        <v>75</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="B83" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C83" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="H83" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="B84" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C84" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="H84" t="s">
-        <v>75</v>
+        <v>326</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="B85" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C85" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
         <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="H85" t="s">
-        <v>321</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="B86" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C86" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="H86" t="s">
-        <v>75</v>
+        <v>331</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="B87" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C87" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>265</v>
+        <v>315</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="H87" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C88" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>205</v>
+        <v>30</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="H88" t="s">
-        <v>75</v>
+        <v>336</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="B89" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C89" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="H89" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B90" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C90" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>12</v>
       </c>
       <c r="F90" t="s">
         <v>30</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="H90" t="s">
-        <v>75</v>
+        <v>341</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="B91" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C91" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>265</v>
+        <v>35</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="H91" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="B92" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C92" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="H92" t="s">
-        <v>336</v>
+        <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="B93" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C93" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>295</v>
+        <v>205</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="H93" t="s">
-        <v>339</v>
+        <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="B94" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C94" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
         <v>30</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="H94" t="s">
-        <v>342</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="B95" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C95" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="H95" t="s">
-        <v>345</v>
+        <v>75</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="B96" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C96" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>347</v>
+        <v>285</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="H96" t="s">
-        <v>349</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="B97" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C97" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>205</v>
+        <v>30</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="H97" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="B98" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C98" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>35</v>
+        <v>315</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="H98" t="s">
-        <v>75</v>
+        <v>359</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B99" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C99" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
         <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>356</v>
+        <v>30</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="H99" t="s">
-        <v>75</v>
+        <v>362</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B100" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C100" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="H100" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B101" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C101" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>205</v>
+        <v>367</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="H101" t="s">
-        <v>75</v>
+        <v>369</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="B102" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C102" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>265</v>
+        <v>205</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="H102" t="s">
-        <v>352</v>
+        <v>372</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="B103" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C103" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>265</v>
+        <v>35</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="H103" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="B104" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C104" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>30</v>
+        <v>376</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="H104" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="B105" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C105" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="H105" t="s">
-        <v>75</v>
+        <v>380</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="B106" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C106" t="s">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>30</v>
+        <v>205</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="H106" t="s">
-        <v>352</v>
+        <v>75</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="B107" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C107" t="s">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>111</v>
+        <v>285</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="H107" t="s">
-        <v>75</v>
+        <v>372</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="B108" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C108" t="s">
-        <v>171</v>
+        <v>151</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>111</v>
+        <v>285</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="H108" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="B109" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C109" t="s">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="H109" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="B110" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C110" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="H110" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="B111" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C111" t="s">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="H111" t="s">
-        <v>75</v>
+        <v>372</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="B112" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C112" t="s">
-        <v>187</v>
+        <v>167</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>295</v>
+        <v>111</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="H112" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="B113" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C113" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>205</v>
+        <v>111</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H113" t="s">
-        <v>387</v>
+        <v>37</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="B114" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C114" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>30</v>
+        <v>119</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="H114" t="s">
-        <v>390</v>
+        <v>37</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="B115" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C115" t="s">
-        <v>199</v>
+        <v>179</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>30</v>
+        <v>119</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="H115" t="s">
-        <v>393</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="B116" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C116" t="s">
-        <v>204</v>
+        <v>183</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>395</v>
+        <v>119</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="H116" t="s">
-        <v>397</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B117" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C117" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>265</v>
+        <v>315</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H117" t="s">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B118" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C118" t="s">
-        <v>213</v>
+        <v>191</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>295</v>
+        <v>205</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="H118" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B119" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C119" t="s">
-        <v>217</v>
+        <v>195</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>356</v>
+        <v>30</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="H119" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B120" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C120" t="s">
-        <v>221</v>
+        <v>199</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
+      <c r="F120" t="s">
+        <v>30</v>
+      </c>
       <c r="G120" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="H120" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B121" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C121" t="s">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
+      <c r="F121" t="s">
+        <v>415</v>
+      </c>
       <c r="G121" s="1" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="H121" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="B122" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C122" t="s">
-        <v>229</v>
+        <v>209</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
+      <c r="F122" t="s">
+        <v>285</v>
+      </c>
       <c r="G122" s="1" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="H122" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="B123" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C123" t="s">
-        <v>417</v>
+        <v>213</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
+      <c r="F123" t="s">
+        <v>315</v>
+      </c>
       <c r="G123" s="1" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="H123" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B124" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="C124" t="s">
-        <v>421</v>
+        <v>217</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
+      <c r="F124" t="s">
+        <v>376</v>
+      </c>
       <c r="G124" s="1" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="H124" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B125" t="s">
-        <v>425</v>
+        <v>294</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>221</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
-      <c r="F125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G125" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H125" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B126" t="s">
-        <v>425</v>
+        <v>294</v>
       </c>
       <c r="C126" t="s">
-        <v>17</v>
+        <v>225</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
-      <c r="F126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H126" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B127" t="s">
-        <v>425</v>
+        <v>294</v>
       </c>
       <c r="C127" t="s">
-        <v>21</v>
+        <v>229</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
-      <c r="F127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G127" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H127" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B128" t="s">
-        <v>425</v>
+        <v>294</v>
       </c>
       <c r="C128" t="s">
-        <v>25</v>
+        <v>233</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
-      <c r="F128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="H128" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B129" t="s">
-        <v>425</v>
+        <v>294</v>
       </c>
       <c r="C129" t="s">
-        <v>29</v>
+        <v>237</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
-      <c r="F129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G129" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H129" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B130" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C130" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
         <v>30</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="H130" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>446</v>
+      </c>
+      <c r="B131" t="s">
         <v>443</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
         <v>30</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="H131" t="s">
-        <v>37</v>
+        <v>448</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B132" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C132" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
         <v>30</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="H132" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B133" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C133" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>449</v>
+        <v>285</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="H133" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B134" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C134" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
         <v>30</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>411</v>
+        <v>456</v>
       </c>
       <c r="H134" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B135" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C135" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>449</v>
+        <v>30</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="H135" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B136" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C136" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>449</v>
+        <v>30</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H136" t="s">
-        <v>459</v>
+        <v>37</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B137" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C137" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>356</v>
+        <v>30</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H137" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B138" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C138" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>356</v>
+        <v>467</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="H138" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B139" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C139" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>356</v>
+        <v>30</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>467</v>
+        <v>431</v>
       </c>
       <c r="H139" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B140" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C140" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>356</v>
+        <v>467</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="H140" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B141" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C141" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>265</v>
+        <v>467</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H141" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B142" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C142" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
-        <v>476</v>
+        <v>376</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="H142" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B143" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C143" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
-        <v>35</v>
+        <v>376</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="H143" t="s">
-        <v>352</v>
+        <v>483</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B144" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C144" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
         <v>12</v>
       </c>
       <c r="F144" t="s">
-        <v>265</v>
+        <v>376</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="H144" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B145" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C145" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>12</v>
       </c>
       <c r="F145" t="s">
-        <v>30</v>
+        <v>376</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H145" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B146" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C146" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>12</v>
       </c>
       <c r="F146" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H146" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B147" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C147" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>12</v>
       </c>
       <c r="F147" t="s">
-        <v>30</v>
+        <v>494</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="H147" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B148" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C148" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>12</v>
       </c>
       <c r="F148" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="H148" t="s">
-        <v>495</v>
+        <v>372</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B149" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C149" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>12</v>
       </c>
       <c r="F149" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="H149" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B150" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C150" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H150" t="s">
-        <v>75</v>
+        <v>504</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B151" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C151" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="H151" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B152" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C152" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>12</v>
       </c>
       <c r="F152" t="s">
         <v>30</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="H152" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="B153" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C153" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
         <v>12</v>
       </c>
       <c r="F153" t="s">
         <v>30</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="H153" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B154" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C154" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
         <v>12</v>
       </c>
       <c r="F154" t="s">
-        <v>205</v>
+        <v>285</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="H154" t="s">
-        <v>75</v>
+        <v>516</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B155" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C155" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>30</v>
+        <v>518</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="H155" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B156" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C156" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="H156" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="B157" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C157" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
         <v>12</v>
       </c>
       <c r="F157" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H157" t="s">
-        <v>75</v>
+        <v>525</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B158" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C158" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
         <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="H158" t="s">
-        <v>75</v>
+        <v>528</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="B159" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C159" t="s">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
         <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>205</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="H159" t="s">
-        <v>524</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B160" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C160" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
         <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="H160" t="s">
-        <v>527</v>
+        <v>37</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B161" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C161" t="s">
-        <v>163</v>
+        <v>138</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>12</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="H161" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="B162" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C162" t="s">
-        <v>167</v>
+        <v>142</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>285</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="H162" t="s">
-        <v>533</v>
+        <v>75</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B163" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C163" t="s">
-        <v>171</v>
+        <v>146</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>449</v>
+        <v>285</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="H163" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B164" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C164" t="s">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="H164" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B165" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
       <c r="C165" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>12</v>
       </c>
       <c r="F165" t="s">
-        <v>540</v>
+        <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="H165" t="s">
-        <v>75</v>
+        <v>545</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="B166" t="s">
-        <v>543</v>
+        <v>443</v>
       </c>
       <c r="C166" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>12</v>
       </c>
       <c r="F166" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="H166" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B167" t="s">
-        <v>543</v>
+        <v>443</v>
       </c>
       <c r="C167" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
         <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="H167" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B168" t="s">
-        <v>543</v>
+        <v>443</v>
       </c>
       <c r="C168" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>30</v>
+        <v>467</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="H168" t="s">
-        <v>551</v>
+        <v>75</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B169" t="s">
-        <v>543</v>
+        <v>443</v>
       </c>
       <c r="C169" t="s">
-        <v>25</v>
+        <v>175</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H169" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B170" t="s">
-        <v>543</v>
+        <v>443</v>
       </c>
       <c r="C170" t="s">
-        <v>29</v>
+        <v>179</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>30</v>
+        <v>558</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="H170" t="s">
-        <v>557</v>
+        <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="B171" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C171" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
         <v>12</v>
       </c>
       <c r="F171" t="s">
         <v>30</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="H171" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>564</v>
+      </c>
+      <c r="B172" t="s">
         <v>561</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C172" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
         <v>12</v>
       </c>
       <c r="F172" t="s">
         <v>30</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="H172" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B173" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C173" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
         <v>12</v>
       </c>
       <c r="F173" t="s">
         <v>30</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="H173" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B174" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C174" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
         <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="H174" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B175" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C175" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
         <v>12</v>
       </c>
       <c r="F175" t="s">
         <v>30</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="H175" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="B176" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C176" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
         <v>12</v>
       </c>
       <c r="F176" t="s">
         <v>30</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="H176" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B177" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C177" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>12</v>
       </c>
       <c r="F177" t="s">
         <v>30</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="H177" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B178" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C178" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>12</v>
       </c>
       <c r="F178" t="s">
         <v>30</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="H178" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="B179" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C179" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>12</v>
       </c>
       <c r="F179" t="s">
         <v>30</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="H179" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B180" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C180" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="H180" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B181" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C181" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="H181" t="s">
-        <v>75</v>
+        <v>593</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="B182" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C182" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>12</v>
       </c>
       <c r="F182" t="s">
         <v>30</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="H182" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="B183" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C183" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>12</v>
       </c>
       <c r="F183" t="s">
         <v>30</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="H183" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="B184" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C184" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>597</v>
+        <v>30</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="H184" t="s">
-        <v>75</v>
+        <v>602</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B185" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C185" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="H185" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="B186" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C186" t="s">
-        <v>98</v>
+        <v>77</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>12</v>
       </c>
+      <c r="F186" t="s">
+        <v>35</v>
+      </c>
       <c r="G186" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="H186" t="s">
-        <v>604</v>
+        <v>75</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B187" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C187" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>606</v>
+        <v>30</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H187" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B188" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C188" t="s">
-        <v>106</v>
+        <v>83</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>12</v>
       </c>
       <c r="F188" t="s">
         <v>30</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="H188" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B189" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C189" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>265</v>
+        <v>615</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="H189" t="s">
-        <v>614</v>
+        <v>75</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B190" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C190" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>30</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H190" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B191" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C191" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>12</v>
       </c>
-      <c r="F191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G191" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H191" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B192" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C192" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
-        <v>265</v>
+        <v>624</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="H192" t="s">
-        <v>75</v>
+        <v>626</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="B193" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C193" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>12</v>
       </c>
       <c r="F193" t="s">
         <v>30</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H193" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="B194" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C194" t="s">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="H194" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B195" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C195" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>12</v>
       </c>
       <c r="F195" t="s">
         <v>30</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="H195" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B196" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C196" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>12</v>
       </c>
       <c r="F196" t="s">
         <v>30</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="H196" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="B197" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C197" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="H197" t="s">
-        <v>637</v>
+        <v>75</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="B198" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C198" t="s">
-        <v>146</v>
+        <v>126</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>12</v>
       </c>
       <c r="F198" t="s">
         <v>30</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="H198" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="B199" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C199" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>12</v>
       </c>
       <c r="F199" t="s">
         <v>30</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>411</v>
+        <v>645</v>
       </c>
       <c r="H199" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B200" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C200" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>12</v>
       </c>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="H200" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="B201" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C201" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H201" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="B202" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C202" t="s">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>12</v>
       </c>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="H202" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B203" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="C203" t="s">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="H203" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="B204" t="s">
-        <v>656</v>
+        <v>561</v>
       </c>
       <c r="C204" t="s">
-        <v>10</v>
+        <v>151</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>411</v>
+        <v>431</v>
       </c>
       <c r="H204" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B205" t="s">
-        <v>656</v>
+        <v>561</v>
       </c>
       <c r="C205" t="s">
-        <v>17</v>
+        <v>155</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>12</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H205" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="B206" t="s">
-        <v>656</v>
+        <v>561</v>
       </c>
       <c r="C206" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>12</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="H206" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="B207" t="s">
-        <v>656</v>
+        <v>561</v>
       </c>
       <c r="C207" t="s">
-        <v>25</v>
+        <v>163</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
         <v>12</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="H207" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B208" t="s">
-        <v>656</v>
+        <v>561</v>
       </c>
       <c r="C208" t="s">
-        <v>29</v>
+        <v>167</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>12</v>
       </c>
       <c r="F208" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="H208" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="B209" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C209" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>12</v>
       </c>
       <c r="F209" t="s">
-        <v>13</v>
+        <v>285</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>671</v>
+        <v>431</v>
       </c>
       <c r="H209" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B210" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C210" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>12</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="H210" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="B211" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C211" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>12</v>
       </c>
       <c r="F211" t="s">
         <v>13</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="H211" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B212" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C212" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>12</v>
       </c>
       <c r="F212" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="H212" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="B213" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C213" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>12</v>
       </c>
       <c r="F213" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="H213" t="s">
-        <v>75</v>
+        <v>687</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B214" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C214" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>12</v>
       </c>
       <c r="F214" t="s">
-        <v>685</v>
+        <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="H214" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="B215" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C215" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>12</v>
       </c>
       <c r="F215" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="H215" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="B216" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C216" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>12</v>
       </c>
       <c r="F216" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="H216" t="s">
-        <v>239</v>
+        <v>696</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="B217" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C217" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>12</v>
       </c>
       <c r="F217" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="H217" t="s">
-        <v>75</v>
+        <v>699</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="B218" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C218" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
         <v>12</v>
       </c>
       <c r="F218" t="s">
-        <v>696</v>
+        <v>285</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="H218" t="s">
-        <v>698</v>
+        <v>75</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B219" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C219" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
         <v>12</v>
       </c>
       <c r="F219" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="H219" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="B220" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C220" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
         <v>12</v>
       </c>
       <c r="F220" t="s">
-        <v>696</v>
+        <v>285</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="H220" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B221" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C221" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>12</v>
       </c>
       <c r="F221" t="s">
-        <v>706</v>
+        <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="H221" t="s">
-        <v>708</v>
+        <v>259</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B222" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C222" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>12</v>
       </c>
       <c r="F222" t="s">
-        <v>119</v>
+        <v>35</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="H222" t="s">
-        <v>711</v>
+        <v>75</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B223" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C223" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>12</v>
       </c>
       <c r="F223" t="s">
-        <v>265</v>
+        <v>714</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="H223" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B224" t="s">
-        <v>656</v>
+        <v>674</v>
       </c>
       <c r="C224" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>12</v>
       </c>
       <c r="F224" t="s">
-        <v>265</v>
+        <v>714</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="H224" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B225" t="s">
-        <v>719</v>
+        <v>674</v>
       </c>
       <c r="C225" t="s">
-        <v>10</v>
+        <v>80</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>12</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>714</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H225" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B226" t="s">
-        <v>719</v>
+        <v>674</v>
       </c>
       <c r="C226" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>12</v>
       </c>
       <c r="F226" t="s">
-        <v>13</v>
+        <v>724</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H226" t="s">
-        <v>663</v>
+        <v>726</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="B227" t="s">
-        <v>719</v>
+        <v>674</v>
       </c>
       <c r="C227" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>12</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="H227" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B228" t="s">
-        <v>719</v>
+        <v>674</v>
       </c>
       <c r="C228" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
         <v>12</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>285</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="H228" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B229" t="s">
-        <v>719</v>
+        <v>674</v>
       </c>
       <c r="C229" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
         <v>12</v>
       </c>
       <c r="F229" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="H229" t="s">
-        <v>37</v>
+        <v>735</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B230" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C230" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
         <v>12</v>
       </c>
       <c r="F230" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="H230" t="s">
-        <v>75</v>
+        <v>739</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="B231" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C231" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
         <v>12</v>
       </c>
       <c r="F231" t="s">
-        <v>685</v>
+        <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="H231" t="s">
-        <v>75</v>
+        <v>681</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="B232" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C232" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
         <v>12</v>
       </c>
       <c r="F232" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="H232" t="s">
-        <v>352</v>
+        <v>744</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="B233" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C233" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>12</v>
       </c>
       <c r="F233" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="H233" t="s">
-        <v>37</v>
+        <v>747</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="B234" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C234" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>12</v>
       </c>
       <c r="F234" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="H234" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="B235" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C235" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
         <v>12</v>
       </c>
       <c r="F235" t="s">
-        <v>706</v>
+        <v>285</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="H235" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="B236" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C236" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
         <v>12</v>
       </c>
       <c r="F236" t="s">
-        <v>265</v>
+        <v>703</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="H236" t="s">
-        <v>746</v>
+        <v>75</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="B237" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C237" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>12</v>
       </c>
       <c r="F237" t="s">
-        <v>685</v>
+        <v>285</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="H237" t="s">
-        <v>75</v>
+        <v>372</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B238" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C238" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>12</v>
       </c>
       <c r="F238" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="H238" t="s">
-        <v>751</v>
+        <v>37</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B239" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C239" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
         <v>12</v>
       </c>
       <c r="F239" t="s">
-        <v>753</v>
+        <v>285</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="H239" t="s">
-        <v>755</v>
+        <v>75</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="B240" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C240" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>12</v>
       </c>
       <c r="F240" t="s">
-        <v>753</v>
+        <v>724</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="H240" t="s">
-        <v>758</v>
+        <v>75</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B241" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C241" t="s">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
         <v>12</v>
       </c>
       <c r="F241" t="s">
-        <v>753</v>
+        <v>285</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="H241" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B242" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C242" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>12</v>
       </c>
       <c r="F242" t="s">
-        <v>119</v>
+        <v>703</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="H242" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B243" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C243" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
         <v>12</v>
       </c>
       <c r="F243" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="H243" t="s">
-        <v>37</v>
+        <v>769</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="B244" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C244" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
         <v>12</v>
       </c>
       <c r="F244" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="H244" t="s">
-        <v>75</v>
+        <v>773</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="B245" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C245" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
         <v>12</v>
       </c>
       <c r="F245" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="H245" t="s">
-        <v>75</v>
+        <v>776</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B246" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C246" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
         <v>12</v>
       </c>
       <c r="F246" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="H246" t="s">
-        <v>75</v>
+        <v>779</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="B247" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C247" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
         <v>12</v>
       </c>
       <c r="F247" t="s">
-        <v>767</v>
+        <v>119</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="H247" t="s">
-        <v>776</v>
+        <v>75</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="B248" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C248" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
         <v>12</v>
       </c>
       <c r="F248" t="s">
-        <v>767</v>
+        <v>285</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="H248" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="B249" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C249" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
         <v>12</v>
       </c>
       <c r="F249" t="s">
-        <v>767</v>
+        <v>785</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="H249" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="B250" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C250" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
         <v>12</v>
       </c>
       <c r="F250" t="s">
-        <v>265</v>
+        <v>788</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="H250" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="B251" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="C251" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
         <v>12</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>788</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="H251" t="s">
-        <v>785</v>
+        <v>75</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="B252" t="s">
-        <v>787</v>
+        <v>737</v>
       </c>
       <c r="C252" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
         <v>12</v>
       </c>
+      <c r="F252" t="s">
+        <v>785</v>
+      </c>
       <c r="G252" s="1" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="H252" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="B253" t="s">
-        <v>787</v>
+        <v>737</v>
       </c>
       <c r="C253" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>12</v>
       </c>
+      <c r="F253" t="s">
+        <v>785</v>
+      </c>
       <c r="G253" s="1" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="H253" t="s">
-        <v>792</v>
+        <v>75</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B254" t="s">
-        <v>787</v>
+        <v>737</v>
       </c>
       <c r="C254" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>12</v>
       </c>
+      <c r="F254" t="s">
+        <v>785</v>
+      </c>
       <c r="G254" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="H254" t="s">
-        <v>173</v>
+        <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="B255" t="s">
-        <v>787</v>
+        <v>737</v>
       </c>
       <c r="C255" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
         <v>12</v>
       </c>
+      <c r="F255" t="s">
+        <v>285</v>
+      </c>
       <c r="G255" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="H255" t="s">
-        <v>797</v>
+        <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="B256" t="s">
-        <v>787</v>
+        <v>737</v>
       </c>
       <c r="C256" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
         <v>12</v>
       </c>
+      <c r="F256" t="s">
+        <v>13</v>
+      </c>
       <c r="G256" s="1" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="H256" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="B257" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C257" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
         <v>12</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="H257" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="B258" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C258" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
         <v>12</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="H258" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B259" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C259" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
         <v>12</v>
       </c>
-      <c r="F259" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G259" s="1" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="H259" t="s">
-        <v>809</v>
+        <v>173</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B260" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C260" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
         <v>12</v>
       </c>
-      <c r="F260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G260" s="1" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="H260" t="s">
-        <v>75</v>
+        <v>815</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="B261" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C261" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>12</v>
       </c>
-      <c r="F261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G261" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="H261" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B262" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C262" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>12</v>
       </c>
-      <c r="F262" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G262" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="H262" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B263" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C263" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>12</v>
       </c>
-      <c r="F263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G263" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="H263" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B264" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C264" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>12</v>
       </c>
       <c r="F264" t="s">
-        <v>822</v>
+        <v>285</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="H264" t="s">
-        <v>75</v>
+        <v>827</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B265" t="s">
-        <v>787</v>
+        <v>805</v>
       </c>
       <c r="C265" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>12</v>
       </c>
       <c r="F265" t="s">
-        <v>119</v>
+        <v>285</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="H265" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B266" t="s">
-        <v>502</v>
+        <v>805</v>
       </c>
       <c r="C266" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>12</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>285</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="H266" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B267" t="s">
-        <v>502</v>
+        <v>805</v>
       </c>
       <c r="C267" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>12</v>
       </c>
       <c r="F267" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="H267" t="s">
-        <v>352</v>
+        <v>835</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="B268" t="s">
-        <v>502</v>
+        <v>805</v>
       </c>
       <c r="C268" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>12</v>
       </c>
+      <c r="F268" t="s">
+        <v>285</v>
+      </c>
       <c r="G268" s="1" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="H268" t="s">
-        <v>352</v>
+        <v>838</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="B269" t="s">
-        <v>502</v>
+        <v>805</v>
       </c>
       <c r="C269" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>12</v>
       </c>
       <c r="F269" t="s">
-        <v>265</v>
+        <v>840</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="H269" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="B270" t="s">
-        <v>502</v>
+        <v>805</v>
       </c>
       <c r="C270" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>12</v>
       </c>
       <c r="F270" t="s">
-        <v>685</v>
+        <v>119</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="H270" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="B271" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C271" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>12</v>
       </c>
       <c r="F271" t="s">
-        <v>838</v>
+        <v>13</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="H271" t="s">
-        <v>352</v>
+        <v>846</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="B272" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C272" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>12</v>
       </c>
       <c r="F272" t="s">
-        <v>35</v>
+        <v>285</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="H272" t="s">
-        <v>842</v>
+        <v>372</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="B273" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C273" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>12</v>
       </c>
-      <c r="F273" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G273" s="1" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="H273" t="s">
-        <v>75</v>
+        <v>372</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B274" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C274" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
         <v>12</v>
       </c>
       <c r="F274" t="s">
-        <v>265</v>
+        <v>285</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="H274" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="B275" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C275" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>12</v>
       </c>
       <c r="F275" t="s">
-        <v>265</v>
+        <v>703</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="H275" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="B276" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C276" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>12</v>
       </c>
       <c r="F276" t="s">
-        <v>838</v>
+        <v>856</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="H276" t="s">
-        <v>75</v>
+        <v>372</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="B277" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C277" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>12</v>
       </c>
       <c r="F277" t="s">
-        <v>685</v>
+        <v>35</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="H277" t="s">
-        <v>352</v>
+        <v>860</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="B278" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C278" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>12</v>
       </c>
       <c r="F278" t="s">
-        <v>119</v>
+        <v>285</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="H278" t="s">
-        <v>352</v>
+        <v>75</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="B279" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C279" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
         <v>12</v>
       </c>
       <c r="F279" t="s">
-        <v>119</v>
+        <v>285</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="H279" t="s">
-        <v>352</v>
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="B280" t="s">
-        <v>502</v>
+        <v>520</v>
       </c>
       <c r="C280" t="s">
+        <v>52</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" t="s">
+        <v>12</v>
+      </c>
+      <c r="F280" t="s">
+        <v>285</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H280" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>867</v>
+      </c>
+      <c r="B281" t="s">
+        <v>520</v>
+      </c>
+      <c r="C281" t="s">
+        <v>57</v>
+      </c>
+      <c r="D281" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" t="s">
+        <v>12</v>
+      </c>
+      <c r="F281" t="s">
+        <v>856</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H281" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>869</v>
+      </c>
+      <c r="B282" t="s">
+        <v>520</v>
+      </c>
+      <c r="C282" t="s">
+        <v>61</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>12</v>
+      </c>
+      <c r="F282" t="s">
+        <v>703</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H282" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>871</v>
+      </c>
+      <c r="B283" t="s">
+        <v>520</v>
+      </c>
+      <c r="C283" t="s">
+        <v>65</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>12</v>
+      </c>
+      <c r="F283" t="s">
+        <v>119</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H283" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>873</v>
+      </c>
+      <c r="B284" t="s">
+        <v>520</v>
+      </c>
+      <c r="C284" t="s">
+        <v>69</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" t="s">
+        <v>12</v>
+      </c>
+      <c r="F284" t="s">
+        <v>119</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H284" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>875</v>
+      </c>
+      <c r="B285" t="s">
+        <v>520</v>
+      </c>
+      <c r="C285" t="s">
         <v>73</v>
       </c>
-      <c r="D280" t="s">
-[...5 lines deleted...]
-      <c r="F280" t="s">
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>12</v>
+      </c>
+      <c r="F285" t="s">
         <v>13</v>
       </c>
-      <c r="G280" s="1" t="s">
-[...3 lines deleted...]
-        <v>859</v>
+      <c r="G285" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H285" t="s">
+        <v>877</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10474,50 +10658,55 @@
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
     <hyperlink ref="G272" r:id="rId271"/>
     <hyperlink ref="G273" r:id="rId272"/>
     <hyperlink ref="G274" r:id="rId273"/>
     <hyperlink ref="G275" r:id="rId274"/>
     <hyperlink ref="G276" r:id="rId275"/>
     <hyperlink ref="G277" r:id="rId276"/>
     <hyperlink ref="G278" r:id="rId277"/>
     <hyperlink ref="G279" r:id="rId278"/>
     <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>