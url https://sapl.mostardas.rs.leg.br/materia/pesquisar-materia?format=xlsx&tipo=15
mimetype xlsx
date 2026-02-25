--- v0 (2025-10-26)
+++ v1 (2026-02-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="913" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="921" uniqueCount="373">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -219,50 +219,62 @@
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_resolucao_015-2025.pdf</t>
   </si>
   <si>
     <t>Altera a data da Sessão Ordinária do dia 15 de setembro de 2025e dá outras providências.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Júnior Pereira</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_resolucao_016.2025.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito da Câmara Municipal de Mostardas o programa "Câmara Mirim".</t>
   </si>
   <si>
+    <t>3880</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_resolucao_17.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera por tempo determinado o horário do expediente da Câmara Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>2549</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2549/projeto_resolucao_001.2024.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o horário de expediente da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_resolucao_002-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece data e horário para realização de Sessão Solene para a entrega do PRÊMIO MULHER DESTAQUE 2024", e dá outras providências.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_resolucao_003-2024.pdf</t>
@@ -373,53 +385,50 @@
     <t>2767</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2767/projeto_de_resolucao_014-2024.pdf</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2805/resolucao_015.2024.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o parágrafo único dos artigos 54, 55 e 57 e o § 2º do artigo 56 da resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2806/resolucao_016.2024.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o artigo 86 da resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>2889</t>
-  </si>
-[...1 lines deleted...]
-    <t>17</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2889/projeto_de_resolucao_017-2024.pdf</t>
   </si>
   <si>
     <t>Antecipa a realização das Sessões Ordinárias dos dias 23/12/2024 e 30/12/2024 para o dia 19/12/2024 às 17horas e dá outras providências.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_resolucao_18.2024.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o Caput do Art. 8º do Regimento Interno.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>2023</t>
   </si>
@@ -1467,56 +1476,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2943/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2944/projeto_de_resolucao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3151/projeto_de_resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3230/projeto_de_resolucao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3293/projeto_de_resolucao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3294/projeto_de_resolucao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3316/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3345/projeto_de_resolucao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3406/projeto_de_resolucao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3463/projeto_de_resolucao_010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3464/projeto_de_resolucao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_resolucao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_resolucao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_resolucao_016.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2549/projeto_resolucao_001.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_resolucao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2575/projeto_de_resolucao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2586/projeto_de_resolucao_005-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2617/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2628/projeto_de_resolucao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2629/projeto_de_resolucao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2673/projeto_de_resolucao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2706/projeto_de_resolucao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2731/projeto_de_resolucao_011-2024_2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2737/projeto_de_resolucao_012.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2755/projeto_de_resolucao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2767/projeto_de_resolucao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2805/resolucao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2806/resolucao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2889/projeto_de_resolucao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_resolucao_18.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2095/projeto_de_resolucao_exp._001_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2123/proj._res._002-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2124/proj._res._003-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2151/projeto_de_resolucao_exp._004_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2152/projeto_de_resolucao_exp._005_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2153/projeto_de_resolucao_exp._006_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2162/projeto_de_resolucao_exp._007_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2180/projeto_de_resolucao_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2233/projeto_de_resolucao_exp._010_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2238/projeto_de_resolucao_exp._011_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2239/projeto_de_resolucao_012_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2240/projeto_de_resolucao_013_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2327/pedido_de_providencia_014.2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2344/projeto_de_resolucao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2345/projeto_de_resolucao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2391/projeto_de_resolucao_017.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2437/projeto_de_resolucao_018.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2478/projeto_de_resolucao_019.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2487/projeto_de_resolucao_021.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_resolucao_022.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_resolucao_023.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1655/projeto_de_resolucao_001-2022_aluguel.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1723/projeto_de_resolucao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1831/projeto_de_resolucao_004-2022_atualizada.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1832/projeto_de_resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1833/projeto_de_resolucao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1834/projeto_de_resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1829/projeto_de_resolucao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1856/projeto_de_resolucao_exp._009_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1871/projeto_de_resolucao_010-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1874/projeto_de_resolucao_011-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1908/pr.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_de_resolucao_exp._013_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1972/projeto_de_resolucao_exp._014_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1973/projeto_de_resolucao_exp._015_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1976/projeto_de_resolucao_exp._016_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto_de_resolucao_exp._017_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2043/projeto_de_resolucao_legislativa_018-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_resolucao_exp._019_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1304/projeto_de_resolucao_002-2021_filiacao_uvb.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1328/projeto_de_resolucao_003-2021_.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1426/projeto_de_resolucao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_resolucao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1560/proj._resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1579/projeto_de_resolucao_resolucao_n_09-2021_aprovado.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1633/projeto_de_resolucao_010-2021_antecipa_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1640/projeto_de_resolucao_010-2021_antecipa_reuniao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1077/projeto_de_resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1112/projeto_de_resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1117/projeto_de_resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1149/projeto_resol__004-2020_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1206/projeto_de_resolucao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_resolucao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_de_resolucao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_de_resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/848/projeto_de_resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_de_resolucao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/905/projeto_de_resolucao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto-de-resolu-o-001-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto-de-resolu-o-002-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto-de-resolu-o-003-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto-de-resolu-o-004-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/433/projeto-de-resolu-o-005-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/434/projeto-de-resolu-o-006-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/498/projeto_de_resolucao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/575/projeto_de__resolucao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/605/projeto_de_resolucao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/665/projeto_de_resolucao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/666/projeto_de_resolucao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/667/projeto_de_resolucao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/84/projeto-resolu-o-005-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/184/projeto-de-resolu-o-006-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/185/projeto-de-resolu-o-007-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/186/projeto-de-resolu-o-008-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/255/projeto-de-resolu-o-010-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2943/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/2944/projeto_de_resolucao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3151/projeto_de_resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3230/projeto_de_resolucao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3293/projeto_de_resolucao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3294/projeto_de_resolucao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3316/projeto_de_resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3345/projeto_de_resolucao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3406/projeto_de_resolucao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3463/projeto_de_resolucao_010.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3464/projeto_de_resolucao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3714/projeto_de_resolucao_014-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3715/projeto_de_resolucao_015-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3716/projeto_de_resolucao_016.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2025/3880/projeto_de_resolucao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2549/projeto_resolucao_001.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2576/projeto_de_resolucao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2567/projeto_de_resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2575/projeto_de_resolucao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2586/projeto_de_resolucao_005-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2617/projeto_de_resolucao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2628/projeto_de_resolucao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2629/projeto_de_resolucao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2673/projeto_de_resolucao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2706/projeto_de_resolucao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2731/projeto_de_resolucao_011-2024_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2737/projeto_de_resolucao_012.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2755/projeto_de_resolucao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2767/projeto_de_resolucao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2805/resolucao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2806/resolucao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2889/projeto_de_resolucao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2024/2914/projeto_de_resolucao_18.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2095/projeto_de_resolucao_exp._001_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2123/proj._res._002-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2124/proj._res._003-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2151/projeto_de_resolucao_exp._004_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2152/projeto_de_resolucao_exp._005_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2153/projeto_de_resolucao_exp._006_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2162/projeto_de_resolucao_exp._007_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2180/projeto_de_resolucao_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2233/projeto_de_resolucao_exp._010_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2238/projeto_de_resolucao_exp._011_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2239/projeto_de_resolucao_012_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2240/projeto_de_resolucao_013_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2327/pedido_de_providencia_014.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2344/projeto_de_resolucao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2345/projeto_de_resolucao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2391/projeto_de_resolucao_017.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2437/projeto_de_resolucao_018.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2478/projeto_de_resolucao_019.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2487/projeto_de_resolucao_021.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2519/projeto_de_resolucao_022.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2023/2520/projeto_de_resolucao_023.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1655/projeto_de_resolucao_001-2022_aluguel.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1723/projeto_de_resolucao_002-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1830/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1831/projeto_de_resolucao_004-2022_atualizada.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1832/projeto_de_resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1833/projeto_de_resolucao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1834/projeto_de_resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1829/projeto_de_resolucao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1856/projeto_de_resolucao_exp._009_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1871/projeto_de_resolucao_010-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1874/projeto_de_resolucao_011-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1908/pr.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1912/projeto_de_resolucao_exp._013_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1972/projeto_de_resolucao_exp._014_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1973/projeto_de_resolucao_exp._015_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/1976/projeto_de_resolucao_exp._016_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2022/projeto_de_resolucao_exp._017_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2043/projeto_de_resolucao_legislativa_018-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2022/2047/projeto_de_resolucao_exp._019_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1304/projeto_de_resolucao_002-2021_filiacao_uvb.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1328/projeto_de_resolucao_003-2021_.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1426/projeto_de_resolucao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1520/projeto_de_resolucao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1560/proj._resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1579/projeto_de_resolucao_resolucao_n_09-2021_aprovado.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1633/projeto_de_resolucao_010-2021_antecipa_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2021/1640/projeto_de_resolucao_010-2021_antecipa_reuniao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1077/projeto_de_resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1112/projeto_de_resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1117/projeto_de_resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1149/projeto_resol__004-2020_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2020/1206/projeto_de_resolucao_005-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/750/projeto_de_resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/751/projeto_de_resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/752/projeto_de_resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/753/projeto_de_resolucao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_de_resolucao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_de_resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/848/projeto_de_resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_de_resolucao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2019/905/projeto_de_resolucao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/368/projeto-de-resolu-o-001-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/369/projeto-de-resolu-o-002-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/370/projeto-de-resolu-o-003-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/371/projeto-de-resolu-o-004-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/433/projeto-de-resolu-o-005-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/434/projeto-de-resolu-o-006-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/498/projeto_de_resolucao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/575/projeto_de__resolucao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/605/projeto_de_resolucao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/665/projeto_de_resolucao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/666/projeto_de_resolucao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2018/667/projeto_de_resolucao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/84/projeto-resolu-o-005-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/184/projeto-de-resolu-o-006-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/185/projeto-de-resolu-o-007-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/186/projeto-de-resolu-o-008-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/materialegislativa/2017/255/projeto-de-resolu-o-010-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H115"/>
+  <dimension ref="A1:H116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="129.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="200.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1882,2622 +1891,2648 @@
       </c>
       <c r="C15" t="s">
         <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="H15" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>69</v>
       </c>
       <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="H16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C19" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C21" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C24" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C25" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H25" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>101</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>53</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>106</v>
       </c>
       <c r="H27" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
         <v>109</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>110</v>
       </c>
       <c r="H28" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>112</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H29" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H30" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C31" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
+        <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="H32" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>124</v>
       </c>
       <c r="B33" t="s">
+        <v>74</v>
+      </c>
+      <c r="C33" t="s">
         <v>70</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>127</v>
+      </c>
+      <c r="B34" t="s">
+        <v>74</v>
+      </c>
+      <c r="C34" t="s">
         <v>128</v>
       </c>
-      <c r="B34" t="s">
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="C34" t="s">
-[...11 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>131</v>
       </c>
       <c r="B35" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C35" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H35" t="s">
-        <v>133</v>
+        <v>76</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>134</v>
       </c>
       <c r="B36" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C36" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H36" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>137</v>
       </c>
       <c r="B37" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C37" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H37" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>140</v>
       </c>
       <c r="B38" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C38" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>141</v>
       </c>
       <c r="H38" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>143</v>
       </c>
       <c r="B39" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C39" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H39" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>146</v>
       </c>
       <c r="B40" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C40" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H40" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>149</v>
       </c>
       <c r="B41" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C41" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>150</v>
       </c>
       <c r="H41" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>152</v>
       </c>
       <c r="B42" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C42" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H42" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>155</v>
       </c>
       <c r="B43" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C43" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H43" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>158</v>
       </c>
       <c r="B44" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C44" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>159</v>
       </c>
       <c r="H44" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>161</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C45" t="s">
-        <v>105</v>
+        <v>53</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>162</v>
       </c>
       <c r="H45" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C46" t="s">
         <v>109</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H46" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>167</v>
       </c>
       <c r="B47" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C47" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>168</v>
       </c>
       <c r="H47" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>170</v>
       </c>
       <c r="B48" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C48" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>171</v>
       </c>
       <c r="H48" t="s">
-        <v>72</v>
+        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B49" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H49" t="s">
-        <v>174</v>
+        <v>76</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>175</v>
       </c>
       <c r="B50" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C50" t="s">
-        <v>121</v>
+        <v>65</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>176</v>
       </c>
       <c r="H50" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>178</v>
       </c>
       <c r="B51" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C51" t="s">
-        <v>125</v>
+        <v>70</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H51" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>181</v>
       </c>
       <c r="B52" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
+        <v>128</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>184</v>
+      </c>
+      <c r="B53" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" t="s">
         <v>185</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>153</v>
       </c>
       <c r="H53" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>188</v>
       </c>
       <c r="B54" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C54" t="s">
         <v>189</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H54" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>191</v>
+      </c>
+      <c r="B55" t="s">
+        <v>132</v>
+      </c>
+      <c r="C55" t="s">
         <v>192</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>195</v>
+      </c>
+      <c r="B56" t="s">
+        <v>132</v>
+      </c>
+      <c r="C56" t="s">
         <v>196</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>199</v>
+      </c>
+      <c r="B57" t="s">
+        <v>132</v>
+      </c>
+      <c r="C57" t="s">
         <v>200</v>
       </c>
-      <c r="B57" t="s">
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C57" t="s">
-[...11 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>203</v>
       </c>
       <c r="B58" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C58" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H58" t="s">
-        <v>205</v>
+        <v>136</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>206</v>
       </c>
       <c r="B59" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C59" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H59" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>209</v>
       </c>
       <c r="B60" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C60" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>210</v>
       </c>
       <c r="H60" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>212</v>
       </c>
       <c r="B61" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C61" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>213</v>
       </c>
       <c r="H61" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>215</v>
       </c>
       <c r="B62" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C62" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>216</v>
       </c>
       <c r="H62" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>218</v>
       </c>
       <c r="B63" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C63" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>219</v>
       </c>
       <c r="H63" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>221</v>
       </c>
       <c r="B64" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C64" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>222</v>
       </c>
       <c r="H64" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>224</v>
       </c>
       <c r="B65" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C65" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>225</v>
       </c>
       <c r="H65" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>227</v>
       </c>
       <c r="B66" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C66" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>228</v>
       </c>
       <c r="H66" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>230</v>
       </c>
       <c r="B67" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C67" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>231</v>
       </c>
       <c r="H67" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>233</v>
       </c>
       <c r="B68" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C68" t="s">
-        <v>105</v>
+        <v>53</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>234</v>
       </c>
       <c r="H68" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>236</v>
       </c>
       <c r="B69" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C69" t="s">
         <v>109</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>237</v>
       </c>
       <c r="H69" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>239</v>
       </c>
       <c r="B70" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C70" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H70" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>242</v>
       </c>
       <c r="B71" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C71" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>243</v>
       </c>
       <c r="H71" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>245</v>
       </c>
       <c r="B72" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C72" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>246</v>
       </c>
       <c r="H72" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>201</v>
+        <v>248</v>
       </c>
       <c r="B73" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C73" t="s">
-        <v>121</v>
+        <v>65</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H73" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>250</v>
+        <v>204</v>
       </c>
       <c r="B74" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C74" t="s">
-        <v>125</v>
+        <v>70</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H74" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>253</v>
       </c>
       <c r="B75" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C75" t="s">
-        <v>182</v>
+        <v>128</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>254</v>
       </c>
       <c r="H75" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>256</v>
       </c>
       <c r="B76" t="s">
+        <v>204</v>
+      </c>
+      <c r="C76" t="s">
+        <v>185</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="C76" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H76" t="s">
-        <v>133</v>
+        <v>258</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B77" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C77" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>259</v>
+        <v>156</v>
       </c>
       <c r="H77" t="s">
-        <v>260</v>
+        <v>136</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>261</v>
       </c>
       <c r="B78" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C78" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>262</v>
       </c>
       <c r="H78" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>264</v>
       </c>
       <c r="B79" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C79" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>265</v>
       </c>
       <c r="H79" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>267</v>
       </c>
       <c r="B80" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C80" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>268</v>
       </c>
       <c r="H80" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>270</v>
       </c>
       <c r="B81" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C81" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>271</v>
       </c>
       <c r="H81" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>273</v>
       </c>
       <c r="B82" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C82" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>12</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H82" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>276</v>
       </c>
       <c r="B83" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C83" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H83" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>279</v>
       </c>
       <c r="B84" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C84" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H84" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>282</v>
       </c>
       <c r="B85" t="s">
+        <v>260</v>
+      </c>
+      <c r="C85" t="s">
+        <v>53</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C85" t="s">
-[...11 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>285</v>
+      </c>
+      <c r="B86" t="s">
         <v>286</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H86" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>289</v>
       </c>
       <c r="B87" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C87" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
         <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>290</v>
       </c>
       <c r="H87" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>292</v>
       </c>
       <c r="B88" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C88" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
         <v>12</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>293</v>
       </c>
       <c r="H88" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>295</v>
       </c>
       <c r="B89" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C89" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>12</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H89" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>298</v>
       </c>
       <c r="B90" t="s">
+        <v>286</v>
+      </c>
+      <c r="C90" t="s">
+        <v>29</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C90" t="s">
-[...11 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>301</v>
+      </c>
+      <c r="B91" t="s">
         <v>302</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>12</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>303</v>
       </c>
       <c r="H91" t="s">
-        <v>133</v>
+        <v>304</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B92" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C92" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>12</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H92" t="s">
-        <v>306</v>
+        <v>136</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>307</v>
       </c>
       <c r="B93" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C93" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
         <v>12</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>308</v>
       </c>
       <c r="H93" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>310</v>
       </c>
       <c r="B94" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C94" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>311</v>
       </c>
       <c r="H94" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>313</v>
       </c>
       <c r="B95" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C95" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H95" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>316</v>
       </c>
       <c r="B96" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C96" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
         <v>12</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>317</v>
       </c>
       <c r="H96" t="s">
-        <v>133</v>
+        <v>318</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B97" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C97" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
         <v>12</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H97" t="s">
-        <v>320</v>
+        <v>136</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>321</v>
       </c>
       <c r="B98" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C98" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
         <v>12</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H98" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>324</v>
       </c>
       <c r="B99" t="s">
+        <v>302</v>
+      </c>
+      <c r="C99" t="s">
+        <v>45</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>12</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="C99" t="s">
-[...8 lines deleted...]
-      <c r="G99" s="1" t="s">
+      <c r="H99" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>327</v>
+      </c>
+      <c r="B100" t="s">
         <v>328</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H100" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>331</v>
       </c>
       <c r="B101" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>12</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H101" t="s">
-        <v>133</v>
+        <v>333</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B102" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C102" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
         <v>12</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H102" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B103" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C103" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>12</v>
       </c>
-      <c r="F103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G103" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H103" t="s">
-        <v>337</v>
+        <v>136</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>338</v>
       </c>
       <c r="B104" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C104" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>339</v>
       </c>
       <c r="H104" t="s">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B105" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C105" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>12</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H105" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>343</v>
       </c>
       <c r="B106" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C106" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>12</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>344</v>
       </c>
       <c r="H106" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>346</v>
       </c>
       <c r="B107" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C107" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
         <v>12</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H107" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>349</v>
       </c>
       <c r="B108" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C108" t="s">
-        <v>105</v>
+        <v>53</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
         <v>12</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H108" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B109" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C109" t="s">
         <v>109</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H109" t="s">
-        <v>315</v>
+        <v>351</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B110" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C110" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H110" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B111" t="s">
-        <v>356</v>
+        <v>328</v>
       </c>
       <c r="C111" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>357</v>
       </c>
       <c r="H111" t="s">
-        <v>358</v>
+        <v>315</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>358</v>
+      </c>
+      <c r="B112" t="s">
         <v>359</v>
       </c>
-      <c r="B112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>360</v>
       </c>
       <c r="H112" t="s">
-        <v>327</v>
+        <v>361</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B113" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C113" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H113" t="s">
-        <v>363</v>
+        <v>330</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>364</v>
       </c>
       <c r="B114" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C114" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>365</v>
       </c>
       <c r="H114" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>367</v>
       </c>
       <c r="B115" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C115" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>368</v>
       </c>
       <c r="H115" t="s">
         <v>369</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>370</v>
+      </c>
+      <c r="B116" t="s">
+        <v>359</v>
+      </c>
+      <c r="C116" t="s">
+        <v>49</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H116" t="s">
+        <v>372</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4572,50 +4607,51 @@
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
     <hyperlink ref="G94" r:id="rId93"/>
     <hyperlink ref="G95" r:id="rId94"/>
     <hyperlink ref="G96" r:id="rId95"/>
     <hyperlink ref="G97" r:id="rId96"/>
     <hyperlink ref="G98" r:id="rId97"/>
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>