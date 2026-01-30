--- v0 (2025-10-28)
+++ v1 (2026-01-30)
@@ -10,88 +10,100 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="805" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="372">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>5066</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Res</t>
+  </si>
+  <si>
+    <t>Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5066/resolucao_n_017.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera por tempo determinado o horário do expediente da Câmara Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>5042</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>15</t>
   </si>
   <si>
-    <t>Res</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a data da Sessão Ordinária do dia 15 de setembro de 2025e dá outras providências.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece a data e horário da Sessão Solene da Câmara Municipal de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf</t>
@@ -571,53 +583,50 @@
     <t>4438</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Vereadores a participar do Congresso Brasileiro de Legislativos Municipais, organizado pela União dos Vereadores do Brasil - UVB, que ocorrerá em Brasília-DF, de 22 a 25 de novembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf</t>
   </si>
   <si>
     <t>Institui o regulamento para a realização de processo seletivo simplificado no âmbito da administração direta e indireta do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4384</t>
-  </si>
-[...1 lines deleted...]
-    <t>17</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a assinar adesão ao Convênio Imobiliário para servidores vinculados ao RPPS e Câmara de Vereadores.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara de Vereadores a participar do "PROJETO RESGATE COMUNITÁRIO DAS TRADIÇÕES QUILOMBOLAS: TERNO DE REIS EM CASCA" e dá outras providências.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf</t>
   </si>
   <si>
     <t>Indica Vereadores para participar da Cavalgada da Condução da Chama Crioula de Canguçu à Mostardas e dá outras providências.</t>
   </si>
@@ -1464,56 +1473,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4996/resolucao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4994/resolucao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4995/resolucao_010-2025.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4961/resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4959/resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4960/resolucao_008-2025.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4953/resolucao_06.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4952/resolucao_05.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4922/resolucao_004-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4921/resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4920/resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4919/resolucao_001.2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4795/projeto_de_rsolucao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4794/projeto_de_rsolucao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4777/resolucao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4776/resolucao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4770/resolucao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4769/resolucao_no_11-2024_dispensa_ponto_cm.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4962/resolucao_009.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4711/resolucao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4710/resolucao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4697/resolucao_006.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4696/resolucao_005.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4683/resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4682/resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4655/resolucao.023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4654/resolucao.022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4653/resolucao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4641/resolucao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4631/resolucao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4567/resolucao_014.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4569/resolucao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4568/resolucao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4526/resolucao_13.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4525/resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4522/resolucao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4515/resolucao_010_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4521/resolucao_9.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4494/resolucao_legislativa_008-2023_uvb.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4451/resolucao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4450/resolucao_006-2022_horario_da_reuniao_comissoes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4449/resolucao_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4448/resolucao_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4400/resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4399/resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4398/resolucao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4341/resolucao_014_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4440/resolucao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4439/resolucao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4294/resolucao_011-2022_convenios_sicred._pdf.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4441/resolucao__010-2021_indica_vereador.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4296/resolucao__009-2022_expediente.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4295/resolucao_n._008-2022__homenagem_semana_acoriana.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4269/resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4270/resolucao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4267/resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4235/resolucao_da_mesa_diretora_004_2022_atualizada.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4268/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4442/resolucao_002-2021_uvb.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4188/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4176/resolucao_de_mesa_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4164/resolucao_resolucao_n_09-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4148/resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4144/resolucao_legislativa_07-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4081/resolucao_legislativa_006-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3998/resolucao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3994/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3992/resolucao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3965/resolucao_005_2020_propaganda_eleitoral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3905/resolucao_de_mesa__004-2020_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3849/resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3848/resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3847/resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3780/resolucao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3743/resolucao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3742/resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3693/resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3692/resolucao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3691/resolucao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3690/resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3689/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3688/resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3677/projeto_de_resolucao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3676/projeto_de_resolucao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3592/resolucao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3591/resolucao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3590/resolucao_010-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3589/resolucao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3588/resolucao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/2174/resolucao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3586/resolucao_005-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3587/resolucao_006-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/640/resolu-o-004-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/638/resolu-o-002-2018.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/637/resolu-o-001-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/134/resolu-o-009-2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/109/resolu-o-008-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/108/resolu-o-007-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/107/resolu-o-006-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/106/resolu-o-005-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/105/resolu-o-004-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/104/resolu-o-003-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/103/resolu-o-002-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/102/resolu-o-001-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2011/958/resolucao-n-04-2011-regimento-interno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5066/resolucao_n_017.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4996/resolucao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4994/resolucao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4995/resolucao_010-2025.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4961/resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4959/resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4960/resolucao_008-2025.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4953/resolucao_06.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4952/resolucao_05.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4922/resolucao_004-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4921/resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4920/resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4919/resolucao_001.2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4795/projeto_de_rsolucao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4794/projeto_de_rsolucao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4777/resolucao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4776/resolucao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4770/resolucao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4769/resolucao_no_11-2024_dispensa_ponto_cm.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4962/resolucao_009.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4711/resolucao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4710/resolucao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4697/resolucao_006.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4696/resolucao_005.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4683/resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4682/resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4655/resolucao.023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4654/resolucao.022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4653/resolucao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4641/resolucao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4631/resolucao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4567/resolucao_014.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4569/resolucao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4568/resolucao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4526/resolucao_13.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4525/resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4522/resolucao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4515/resolucao_010_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4521/resolucao_9.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4494/resolucao_legislativa_008-2023_uvb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4451/resolucao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4450/resolucao_006-2022_horario_da_reuniao_comissoes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4449/resolucao_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4448/resolucao_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4400/resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4399/resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4398/resolucao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4341/resolucao_014_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4440/resolucao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4439/resolucao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4294/resolucao_011-2022_convenios_sicred._pdf.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4441/resolucao__010-2021_indica_vereador.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4296/resolucao__009-2022_expediente.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4295/resolucao_n._008-2022__homenagem_semana_acoriana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4269/resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4270/resolucao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4267/resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4235/resolucao_da_mesa_diretora_004_2022_atualizada.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4268/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4442/resolucao_002-2021_uvb.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4188/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4176/resolucao_de_mesa_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4164/resolucao_resolucao_n_09-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4148/resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4144/resolucao_legislativa_07-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4081/resolucao_legislativa_006-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3998/resolucao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3994/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3992/resolucao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3965/resolucao_005_2020_propaganda_eleitoral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3905/resolucao_de_mesa__004-2020_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3849/resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3848/resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3847/resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3780/resolucao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3743/resolucao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3742/resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3693/resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3692/resolucao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3691/resolucao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3690/resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3689/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3688/resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3677/projeto_de_resolucao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3676/projeto_de_resolucao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3592/resolucao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3591/resolucao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3590/resolucao_010-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3589/resolucao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3588/resolucao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/2174/resolucao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3586/resolucao_005-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3587/resolucao_006-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/640/resolu-o-004-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/638/resolu-o-002-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/637/resolu-o-001-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/134/resolu-o-009-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/109/resolu-o-008-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/108/resolu-o-007-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/107/resolu-o-006-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/106/resolu-o-005-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/105/resolu-o-004-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/104/resolu-o-003-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/103/resolu-o-002-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/102/resolu-o-001-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2011/958/resolucao-n-04-2011-regimento-interno.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G115"/>
+  <dimension ref="A1:G116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="122.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="201.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1856,2320 +1865,2343 @@
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
         <v>71</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D17" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="1" t="s">
+      <c r="G17" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
         <v>75</v>
       </c>
-      <c r="B18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C20" t="s">
         <v>19</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C22" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B23" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B24" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C24" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G26" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
         <v>51</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G28" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C29" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>112</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="1" t="s">
+      <c r="G30" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>115</v>
+      </c>
+      <c r="B31" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C31" t="s">
         <v>117</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G31" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C32" t="s">
         <v>121</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>122</v>
       </c>
       <c r="G32" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C33" t="s">
         <v>125</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G33" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>128</v>
       </c>
       <c r="B34" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C34" t="s">
         <v>129</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G34" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>132</v>
       </c>
       <c r="B35" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G35" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B36" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C36" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B37" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C37" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G37" t="s">
-        <v>110</v>
+        <v>141</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G38" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G39" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C40" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G40" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C41" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G41" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B42" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C42" t="s">
         <v>35</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G42" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C43" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B44" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C44" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C45" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G45" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B46" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
         <v>51</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C47" t="s">
         <v>55</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G47" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B48" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C48" t="s">
         <v>59</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G48" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B49" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C49" t="s">
         <v>63</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B50" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C50" t="s">
         <v>67</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G50" t="s">
-        <v>110</v>
+        <v>179</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B51" t="s">
-        <v>179</v>
+        <v>116</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G51" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>182</v>
       </c>
       <c r="B52" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C52" t="s">
-        <v>183</v>
+        <v>133</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>184</v>
       </c>
       <c r="G52" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>186</v>
       </c>
       <c r="B53" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C53" t="s">
         <v>187</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>188</v>
       </c>
       <c r="G53" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>190</v>
       </c>
       <c r="B54" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C54" t="s">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>191</v>
       </c>
       <c r="G54" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>193</v>
       </c>
       <c r="B55" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C55" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>194</v>
       </c>
       <c r="G55" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>196</v>
       </c>
       <c r="B56" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G56" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>199</v>
       </c>
       <c r="B57" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C57" t="s">
         <v>19</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>200</v>
       </c>
       <c r="G57" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>202</v>
       </c>
       <c r="B58" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C58" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G58" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>205</v>
       </c>
       <c r="B59" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C59" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>206</v>
       </c>
       <c r="G59" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>208</v>
       </c>
       <c r="B60" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C60" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>209</v>
       </c>
       <c r="G60" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>211</v>
       </c>
       <c r="B61" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C61" t="s">
         <v>35</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>212</v>
       </c>
       <c r="G61" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>214</v>
       </c>
       <c r="B62" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C62" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>215</v>
       </c>
       <c r="G62" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>217</v>
       </c>
       <c r="B63" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C63" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>218</v>
       </c>
       <c r="G63" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>220</v>
       </c>
       <c r="B64" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C64" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>221</v>
       </c>
       <c r="G64" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>223</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C65" t="s">
         <v>51</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G65" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>226</v>
       </c>
       <c r="B66" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C66" t="s">
         <v>55</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>227</v>
       </c>
       <c r="G66" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>229</v>
       </c>
       <c r="B67" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C67" t="s">
         <v>59</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>230</v>
       </c>
       <c r="G67" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>232</v>
       </c>
       <c r="B68" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C68" t="s">
         <v>63</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G68" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>235</v>
       </c>
       <c r="B69" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C69" t="s">
         <v>67</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>236</v>
       </c>
       <c r="G69" t="s">
-        <v>175</v>
+        <v>237</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B70" t="s">
-        <v>238</v>
+        <v>183</v>
       </c>
       <c r="C70" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>239</v>
       </c>
       <c r="G70" t="s">
-        <v>240</v>
+        <v>179</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>240</v>
+      </c>
+      <c r="B71" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C71" t="s">
         <v>35</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>242</v>
       </c>
       <c r="G71" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>244</v>
       </c>
       <c r="B72" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C72" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G72" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>247</v>
       </c>
       <c r="B73" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C73" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>248</v>
       </c>
       <c r="G73" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>250</v>
       </c>
       <c r="B74" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C74" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>251</v>
       </c>
       <c r="G74" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>253</v>
       </c>
       <c r="B75" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C75" t="s">
         <v>51</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G75" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>256</v>
       </c>
       <c r="B76" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C76" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>257</v>
       </c>
       <c r="G76" t="s">
-        <v>234</v>
+        <v>258</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B77" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C77" t="s">
         <v>67</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G77" t="s">
-        <v>175</v>
+        <v>237</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B78" t="s">
-        <v>261</v>
+        <v>241</v>
       </c>
       <c r="C78" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>262</v>
       </c>
       <c r="G78" t="s">
-        <v>263</v>
+        <v>179</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
+        <v>263</v>
+      </c>
+      <c r="B79" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="C79" t="s">
         <v>55</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G79" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>267</v>
       </c>
       <c r="B80" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C80" t="s">
         <v>59</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>268</v>
       </c>
       <c r="G80" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>270</v>
       </c>
       <c r="B81" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C81" t="s">
         <v>63</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G81" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>273</v>
       </c>
       <c r="B82" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C82" t="s">
         <v>67</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G82" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>276</v>
       </c>
       <c r="B83" t="s">
+        <v>264</v>
+      </c>
+      <c r="C83" t="s">
+        <v>71</v>
+      </c>
+      <c r="D83" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="C83" t="s">
-[...8 lines deleted...]
-      <c r="F83" s="1" t="s">
+      <c r="G83" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
+        <v>279</v>
+      </c>
+      <c r="B84" t="s">
         <v>280</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G84" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>283</v>
       </c>
       <c r="B85" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C85" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>284</v>
       </c>
       <c r="G85" t="s">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B86" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C86" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="G86" t="s">
-        <v>287</v>
+        <v>179</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>288</v>
       </c>
       <c r="B87" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C87" t="s">
         <v>51</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>289</v>
       </c>
       <c r="G87" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>291</v>
       </c>
       <c r="B88" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C88" t="s">
         <v>55</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>292</v>
       </c>
       <c r="G88" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>294</v>
       </c>
       <c r="B89" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C89" t="s">
         <v>59</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G89" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>297</v>
       </c>
       <c r="B90" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C90" t="s">
         <v>63</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>298</v>
       </c>
       <c r="G90" t="s">
-        <v>175</v>
+        <v>299</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B91" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C91" t="s">
         <v>67</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G91" t="s">
-        <v>301</v>
+        <v>179</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>302</v>
       </c>
       <c r="B92" t="s">
+        <v>280</v>
+      </c>
+      <c r="C92" t="s">
+        <v>71</v>
+      </c>
+      <c r="D92" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="C92" t="s">
-[...8 lines deleted...]
-      <c r="F92" s="1" t="s">
+      <c r="G92" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>305</v>
       </c>
       <c r="B93" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C93" t="s">
         <v>19</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G93" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B94" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C94" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G94" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>310</v>
       </c>
       <c r="B95" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C95" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>311</v>
       </c>
       <c r="G95" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>313</v>
       </c>
       <c r="B96" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C96" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>314</v>
       </c>
       <c r="G96" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>316</v>
       </c>
       <c r="B97" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C97" t="s">
         <v>35</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>317</v>
       </c>
       <c r="G97" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>319</v>
       </c>
       <c r="B98" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C98" t="s">
         <v>39</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>320</v>
       </c>
       <c r="G98" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>322</v>
       </c>
       <c r="B99" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C99" t="s">
         <v>43</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>323</v>
       </c>
       <c r="G99" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>325</v>
       </c>
       <c r="B100" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C100" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>326</v>
       </c>
       <c r="G100" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>328</v>
       </c>
       <c r="B101" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C101" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>329</v>
       </c>
       <c r="G101" t="s">
-        <v>287</v>
+        <v>330</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B102" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C102" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G102" t="s">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B103" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C103" t="s">
         <v>59</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G103" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B104" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C104" t="s">
         <v>63</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="G104" t="s">
-        <v>336</v>
+        <v>179</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>337</v>
       </c>
       <c r="B105" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C105" t="s">
         <v>67</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>338</v>
       </c>
       <c r="G105" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>340</v>
       </c>
       <c r="B106" t="s">
+        <v>306</v>
+      </c>
+      <c r="C106" t="s">
+        <v>71</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="C106" t="s">
-[...8 lines deleted...]
-      <c r="F106" s="1" t="s">
+      <c r="G106" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
+        <v>343</v>
+      </c>
+      <c r="B107" t="s">
         <v>344</v>
       </c>
-      <c r="B107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>345</v>
       </c>
       <c r="G107" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>347</v>
       </c>
       <c r="B108" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C108" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G108" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>350</v>
       </c>
       <c r="B109" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C109" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>351</v>
       </c>
       <c r="G109" t="s">
-        <v>290</v>
+        <v>352</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B110" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C110" t="s">
         <v>51</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G110" t="s">
-        <v>354</v>
+        <v>293</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>355</v>
       </c>
       <c r="B111" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C111" t="s">
         <v>55</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>356</v>
       </c>
       <c r="G111" t="s">
-        <v>234</v>
+        <v>357</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B112" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C112" t="s">
         <v>59</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="G112" t="s">
-        <v>359</v>
+        <v>237</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>360</v>
       </c>
       <c r="B113" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C113" t="s">
         <v>63</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>361</v>
       </c>
       <c r="G113" t="s">
-        <v>175</v>
+        <v>362</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B114" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C114" t="s">
         <v>67</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="G114" t="s">
-        <v>364</v>
+        <v>179</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>365</v>
       </c>
       <c r="B115" t="s">
+        <v>344</v>
+      </c>
+      <c r="C115" t="s">
+        <v>71</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="C115" t="s">
-[...8 lines deleted...]
-      <c r="F115" s="1" t="s">
+      <c r="G115" t="s">
         <v>367</v>
       </c>
-      <c r="G115" t="s">
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" t="s">
         <v>368</v>
+      </c>
+      <c r="B116" t="s">
+        <v>369</v>
+      </c>
+      <c r="C116" t="s">
+        <v>59</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="G116" t="s">
+        <v>371</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -4244,50 +4276,51 @@
     <hyperlink ref="F91" r:id="rId90"/>
     <hyperlink ref="F92" r:id="rId91"/>
     <hyperlink ref="F93" r:id="rId92"/>
     <hyperlink ref="F94" r:id="rId93"/>
     <hyperlink ref="F95" r:id="rId94"/>
     <hyperlink ref="F96" r:id="rId95"/>
     <hyperlink ref="F97" r:id="rId96"/>
     <hyperlink ref="F98" r:id="rId97"/>
     <hyperlink ref="F99" r:id="rId98"/>
     <hyperlink ref="F100" r:id="rId99"/>
     <hyperlink ref="F101" r:id="rId100"/>
     <hyperlink ref="F102" r:id="rId101"/>
     <hyperlink ref="F103" r:id="rId102"/>
     <hyperlink ref="F104" r:id="rId103"/>
     <hyperlink ref="F105" r:id="rId104"/>
     <hyperlink ref="F106" r:id="rId105"/>
     <hyperlink ref="F107" r:id="rId106"/>
     <hyperlink ref="F108" r:id="rId107"/>
     <hyperlink ref="F109" r:id="rId108"/>
     <hyperlink ref="F110" r:id="rId109"/>
     <hyperlink ref="F111" r:id="rId110"/>
     <hyperlink ref="F112" r:id="rId111"/>
     <hyperlink ref="F113" r:id="rId112"/>
     <hyperlink ref="F114" r:id="rId113"/>
     <hyperlink ref="F115" r:id="rId114"/>
+    <hyperlink ref="F116" r:id="rId115"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>