--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -48,1125 +48,1125 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Res</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5066/resolucao_n_017.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5066/resolucao_n_017.2025.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o horário do expediente da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a data da Sessão Ordinária do dia 15 de setembro de 2025e dá outras providências.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece a data e horário da Sessão Solene da Câmara Municipal de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf</t>
   </si>
   <si>
     <t>Cria Comissão de Ética Parlamentar da Câmara Municipal de Vereadores e nomeia seus membros, conforme Resolução 007/2025 de 29 de abril de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4996/resolucao_011.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4996/resolucao_011.2025.pdf</t>
   </si>
   <si>
     <t>Estabelece data e horário da Sessão Solene da Câmara Municipal de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4994/resolucao_012-2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4994/resolucao_012-2025.pdf</t>
   </si>
   <si>
     <t>Determina Ponto Facultativo do Expediente da Câmara Municipal de Vereadores na data de 23 de maio de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4995/resolucao_010-2025.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4995/resolucao_010-2025.doc</t>
   </si>
   <si>
     <t>Altera data da Sessão Ordinária do dia 02 de junho de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4961/resolucao_009-2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4961/resolucao_009-2025.pdf</t>
   </si>
   <si>
     <t>Determina Ponto Facultativo do Expediente da Câmara Municipal de Vereadores para o ano de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4959/resolucao_007-2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4959/resolucao_007-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Ética Parlamentar da Câmara Municipal de Mostardas-RS.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4960/resolucao_008-2025.doc</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4960/resolucao_008-2025.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o estágio de estudantes no Poder Legislativo.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4953/resolucao_06.2025_votado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4953/resolucao_06.2025_votado.pdf</t>
   </si>
   <si>
     <t>Altera os horários das Comissões Permanentes e dá outras providências.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4952/resolucao_05.2025_votado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4952/resolucao_05.2025_votado.pdf</t>
   </si>
   <si>
     <t>Antecipa excepcionalmente a realização da Sessão Ordinária do dia 21/04/2025 para o dia 16/04/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4922/resolucao_004-2025_assinado.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4922/resolucao_004-2025_assinado.pdf</t>
   </si>
   <si>
     <t>Antecipa excepcionalmente o horário da realização da Sessão Ordinária do dia 10/03/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4921/resolucao_003.2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4921/resolucao_003.2025.pdf</t>
   </si>
   <si>
     <t>Antecipa excepcionalmente a realização da Sessão Ordinária do dia 03/03/2025 para o dia 27/02/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4920/resolucao_002-2025.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4920/resolucao_002-2025.pdf</t>
   </si>
   <si>
     <t>REVOGA AS RESOLUÇÕES Nºs 015/2024 E 016/2024</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4919/resolucao_001.2025_assinada.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4919/resolucao_001.2025_assinada.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o horário do expediente da Câmara Municipal  e dá outras providências.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4795/projeto_de_rsolucao_016.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4795/projeto_de_rsolucao_016.2024.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o artigo 86 da resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4794/projeto_de_rsolucao_015.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4794/projeto_de_rsolucao_015.2024.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o parágrafo único dos artigos 54, 55 e 57 e o § 2º do artigo 56 da resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4777/resolucao_014-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4777/resolucao_014-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece data e horário para realização de Sessão Solene Alusiva ao Jubileu de 250 anos da Igreja Matriz São Luiz Rei.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4776/resolucao_013-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4776/resolucao_013-2024.pdf</t>
   </si>
   <si>
     <t>Antecipa os horários de início da Sessão Ordinária e da Reunião das Comissões Permanentes do dia 17/06/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4770/resolucao_012-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4770/resolucao_012-2024.pdf</t>
   </si>
   <si>
     <t>Ponto Facultativo para os servidores da Câmara Municipal no dia 31 de maio de 2024 (sexta-feira), pós feriado de Corpus Christi.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4769/resolucao_no_11-2024_dispensa_ponto_cm.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4769/resolucao_no_11-2024_dispensa_ponto_cm.pdf</t>
   </si>
   <si>
     <t>Estabelece medidas a serem adotadas de dispensa do ponto para os servidores públicos da Câmara de Vereadores que pretendam ser voluntário em decorrência dos eventos climáticos de chuvas intensas.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4962/resolucao_009.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4962/resolucao_009.2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Veiculação de Propaganda Eleitoral no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4711/resolucao_008.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4711/resolucao_008.2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Câmara Acessível na Câmara de Vereadores de Mostardas.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4710/resolucao_007.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4710/resolucao_007.2024.pdf</t>
   </si>
   <si>
     <t>Instituição do Programa Câmara Sustentável.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4697/resolucao_006.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4697/resolucao_006.2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o Ano de 2024 como o Ano de Comemoração dos 60 Anos de Instalação dos Poderes Executivo e Legislativo de Mostardas.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4696/resolucao_005.2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4696/resolucao_005.2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a Locar Prédio com dispensa de licitação e dá outras providências.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4683/resolucao_003-2024.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4683/resolucao_003-2024.pdf</t>
   </si>
   <si>
     <t>Antecipa excepcionalmente a realização da Sessão Ordinária do dia 22/01/2024 para dia 18/01/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4682/resolucao_001-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4682/resolucao_001-2023.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o horário de expediente da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4655/resolucao.023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4655/resolucao.023.pdf</t>
   </si>
   <si>
     <t>Antecipa excepcionalmente a realização da Sessão Ordinária do dia 26/12/2023 para o dia 20/12/2023 e d´outras providências.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4654/resolucao.022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4654/resolucao.022.pdf</t>
   </si>
   <si>
     <t>Indica Vereador para representar a Câmara de Mostardas no Evento em homenagem aos 69 anos de história das APAES e lançamento de livro, que ocorrerá dia 11 de dezembro de 2023 no Rio de Janeiro e dá ooutras providências.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4653/resolucao_no_020-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4653/resolucao_no_020-2023.pdf</t>
   </si>
   <si>
     <t>Altera o local e antecipa excepcionalmente o horário da Sessão Ordinária do dia 27/11/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4641/resolucao_021-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4641/resolucao_021-2023.pdf</t>
   </si>
   <si>
     <t>Define local e data para realização de Sessão Solene e dá outras providências.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4631/resolucao_019-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4631/resolucao_019-2023.pdf</t>
   </si>
   <si>
     <t>Indica Vereador para representar a Câmara de Mostardas no Evento de comemoração do 50º Aniversário da FADERS e dá outras providências.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4567/resolucao_014.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4567/resolucao_014.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei nº 13.709, de 14 de agosto de 2018 - Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Câmara Municipal de Vereadores de Mostardas.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4569/resolucao_016.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4569/resolucao_016.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de contrato de prestação de serviços com IPE SAÚDE e dá outras providências.</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4568/resolucao_015.2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4568/resolucao_015.2023.pdf</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4526/resolucao_13.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4526/resolucao_13.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o parágrafo único dos artigos 54, 55 e 57 da Resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas, e dá outras  providências.</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4525/resolucao_12.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4525/resolucao_12.pdf</t>
   </si>
   <si>
     <t>Fica revogada a Resolução nº 004/2023 e reitera por tempo indeterminado o Caput Art. 86 da Resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Vereadores de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4522/resolucao_011-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4522/resolucao_011-2023.pdf</t>
   </si>
   <si>
     <t>Aprova representantes do Poder Legislativo de Mostardas para participar da XXII Marcha dos Legislativos Municipais em Brasília-DF, de 25 a 28 de abril de 2023, realizado pela UVB.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4515/resolucao_010_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4515/resolucao_010_2023.pdf</t>
   </si>
   <si>
     <t>INDICA VEREADORES PARA REPRESENTAR A CÂMARA DE VEREADORES EM AUDIÊNCIA DE CONCILIAÇÃO NA JUSTIÇA FEDERAL, DISPENSA COMPARECIMENTO EM SESSÃO ORDINÁRIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4521/resolucao_9.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4521/resolucao_9.pdf</t>
   </si>
   <si>
     <t>ANTECIPA O HORÁRIO DA SESSÃO ORDINÁRIA DO DIA 24/04/2023 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4494/resolucao_legislativa_008-2023_uvb.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4494/resolucao_legislativa_008-2023_uvb.pdf</t>
   </si>
   <si>
     <t>Fica a Câmara Municipal de Vereadores de Mostardas - RS, filiada à União dos Vereadores do Brasil - UVB, contribuindo mensalmente, e dá outras providências.</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4451/resolucao_no_007-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4451/resolucao_no_007-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece data e horário para realização de Sessão Solene para entrega do "PRÊMIO MULHER DESTAQUE 2023", e dá outras providências.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4450/resolucao_006-2022_horario_da_reuniao_comissoes.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4450/resolucao_006-2022_horario_da_reuniao_comissoes.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o parágrafo único dos artigos 54, 55 e 57 da Resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4449/resolucao_no_005-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4449/resolucao_no_005-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo do Expediente da Câmara Municipal de Vereadores para o ano de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4448/resolucao_no_004-2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4448/resolucao_no_004-2023.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado o caput do artigo 86 da Resolução nº 009/2021, que trata do Regimento Interno da Câmara Municipal de Vereadores de Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4400/resolucao_003.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4400/resolucao_003.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a contratar a Inlegis Consultoria e Treinamento Eireli e dá outras providências.</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4399/resolucao_002.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4399/resolucao_002.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a locar prédio com dispensa de licitação e dá outras providências.</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4398/resolucao_001_2023.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4398/resolucao_001_2023.pdf</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Vereadores a participar do Congresso Brasileiro de Legislativos Municipais, organizado pela União dos Vereadores do Brasil - UVB, que ocorrerá em Brasília-DF, de 22 a 25 de novembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf</t>
   </si>
   <si>
     <t>Institui o regulamento para a realização de processo seletivo simplificado no âmbito da administração direta e indireta do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a assinar adesão ao Convênio Imobiliário para servidores vinculados ao RPPS e Câmara de Vereadores.</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara de Vereadores a participar do "PROJETO RESGATE COMUNITÁRIO DAS TRADIÇÕES QUILOMBOLAS: TERNO DE REIS EM CASCA" e dá outras providências.</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf</t>
   </si>
   <si>
     <t>Indica Vereadores para participar da Cavalgada da Condução da Chama Crioula de Canguçu à Mostardas e dá outras providências.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4341/resolucao_014_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4341/resolucao_014_2022.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o horário do expediente e dá outras providências.</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4440/resolucao_013-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4440/resolucao_013-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a assinatura de contrato de prestação de serviços com o IPE SAÚDE e dá outras providências.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4439/resolucao_012-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4439/resolucao_012-2022.pdf</t>
   </si>
   <si>
     <t>Aprova justificativa da ausência de Vereador na Sessão Ordinária do dia 13/06/2022.</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4294/resolucao_011-2022_convenios_sicred._pdf.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4294/resolucao_011-2022_convenios_sicred._pdf.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara a assinar convênios para empréstimos consignados com desconto e folha de pagamento, de 30% e 35% dos rendimentos junto ao SICREDI.</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4441/resolucao__010-2021_indica_vereador.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4441/resolucao__010-2021_indica_vereador.pdf</t>
   </si>
   <si>
     <t>Indica Vereador para representar a Câmara de Vereadores em Inspeção Judicial da Justiça Federal, dispensa comparecimento em Sessão Ordinária e dá outras providências.</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4296/resolucao__009-2022_expediente.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4296/resolucao__009-2022_expediente.pdf</t>
   </si>
   <si>
     <t>Aprova os nomes a serem homenageados em reconhecimento pelo trabalho na divulgação da Cultura Açoriana no Município.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4295/resolucao_n._008-2022__homenagem_semana_acoriana.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4295/resolucao_n._008-2022__homenagem_semana_acoriana.pdf</t>
   </si>
   <si>
     <t>Fica criada homenagem de reconhecimento para pessoas que se destacaram na divulgação da cultura açoriana do Município de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4269/resolucao_007-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4269/resolucao_007-2022.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o parágrafo único dos artigos 54, 55 e 57 da Resolução 009/2021, que trata do Regimento Interno da Câmara Municipal de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4270/resolucao_006_2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4270/resolucao_006_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4267/resolucao_005-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4267/resolucao_005-2022.pdf</t>
   </si>
   <si>
     <t>Realização de Sessão Solene alusivo aos 30 anos de instalação da Sala Açoriana no Município, 270 anos da Presença Açoriana no Rio Grande do Sul e 259 anos da presença Açoriana em Mostardas.</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4235/resolucao_da_mesa_diretora_004_2022_atualizada.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4235/resolucao_da_mesa_diretora_004_2022_atualizada.pdf</t>
   </si>
   <si>
     <t>Aprova representantes do Poder Legislativo de Mostardas participar da Marcha dos Legislativos Municipais de 26 a 29 de Abril em Brasília.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4268/projeto_de_resolucao_003-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4268/projeto_de_resolucao_003-2022.pdf</t>
   </si>
   <si>
     <t>Altera por tempo indeterminado do Art. 86 do Regimento Interno e dá outras providências.</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4442/resolucao_002-2021_uvb.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4442/resolucao_002-2021_uvb.pdf</t>
   </si>
   <si>
     <t>Fica a Câmara Municipal de Vereadores de Mostardas/RS, associada à União dos Vereadores do Brasil, contribuindo mensalmente, e dá outras providências.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4188/resolucao_001-2022.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4188/resolucao_001-2022.pdf</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4176/resolucao_de_mesa_no_010-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4176/resolucao_de_mesa_no_010-2021.pdf</t>
   </si>
   <si>
     <t>Fica antecipada a Sessão Ordinária do dia 27/12/2021 (segunda-feira) para o dia 22/12/2021 (quarta-feira).</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4164/resolucao_resolucao_n_09-2021_aprovada.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4164/resolucao_resolucao_n_09-2021_aprovada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Mostardas.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4148/resolucao_008.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4148/resolucao_008.pdf</t>
   </si>
   <si>
     <t>Inclui parágrafo 1º no artigo 53 da Resolução nº 004/2011 (Regimento Interno da Câmara de Vereadores de Mostardas) e dá outras providências.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4144/resolucao_legislativa_07-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4144/resolucao_legislativa_07-2021.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE SESSÃO SOLENE FAZENDO PARTE DA PROGRAMAÇÃO MUNICIPAL DA SEMANA FARROUPILHA 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4081/resolucao_legislativa_006-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4081/resolucao_legislativa_006-2021.pdf</t>
   </si>
   <si>
     <t>Altera por tempo determinado o Artigo 98 da Resolução nº 004/2011, que trata do Regimento Interno da Câmara Municipal de Vereadores de Mostardas, e dá outras providências.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3998/resolucao_005-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3998/resolucao_005-2021.pdf</t>
   </si>
   <si>
     <t>Fica regulamentada em caráter excepcional a realização de Sessão Virtual da Câmara Municipal de Vereadores de Mostardas/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3994/resolucao_002-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3994/resolucao_002-2021.pdf</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3992/resolucao_001-2021.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3992/resolucao_001-2021.pdf</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3965/resolucao_005_2020_propaganda_eleitoral.docx</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3965/resolucao_005_2020_propaganda_eleitoral.docx</t>
   </si>
   <si>
     <t>Regulamenta a veiculação de Propaganda Eleitoral no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3905/resolucao_de_mesa__004-2020_sessao_virtual.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3905/resolucao_de_mesa__004-2020_sessao_virtual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de reuniões virtuais de comissões permanentes e temporárias e de sessões  plenárias ordinárias e extraordinárias virtuais na Câmara Municipal de Vereadores.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3849/resolucao_003-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3849/resolucao_003-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Mesa Diretora a locar prédio com dispensa de licitação e dá outras providência.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3848/resolucao_002-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3848/resolucao_002-2020.pdf</t>
   </si>
   <si>
     <t>Fica a Câmara Municipal de Vereadores de Mostardas-RS, associada à União dos Vereadores do Brasil, contribuindo mensalmente, e dá outras providências.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3847/resolucao_001-2020.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3847/resolucao_001-2020.pdf</t>
   </si>
   <si>
     <t>Altera valor do Vale Alimentação dos Servidores da Câmara Municipal, da Resolução nº 001/2019 de 15 de janeiro de 2019.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3780/resolucao_009-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3780/resolucao_009-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Ouvidoria na Câmara de Vereadores de Mostardas.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3743/resolucao_008-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3743/resolucao_008-2019.pdf</t>
   </si>
   <si>
     <t>Cria a política de Segurança da Informação.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3742/resolucao_007-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3742/resolucao_007-2019.pdf</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3693/resolucao_006-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3693/resolucao_006-2019.pdf</t>
   </si>
   <si>
     <t>Promulga transferência de data da Sessão Ordinária.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3692/resolucao_005-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3692/resolucao_005-2019.pdf</t>
   </si>
   <si>
     <t>Determina horário de expediente da Câmara Municipal de Mostardas.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3691/resolucao_004-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3691/resolucao_004-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a assinar Termo de Cooperação Técnica com a empresa Liz Serviços online LTDA.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3690/resolucao_003-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3690/resolucao_003-2019.pdf</t>
   </si>
   <si>
     <t>Fica a Câmara Municipal de Vereadores de Mostardas - RS, associada União dos Vereadores do Brasil, contribuindo mensalmente, e dá outras providências.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3689/resolucao_002-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3689/resolucao_002-2019.pdf</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3688/resolucao_001-2019.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3688/resolucao_001-2019.pdf</t>
   </si>
   <si>
     <t>Altera o valor do Vale Alimentação dos servidores da Câmara Municipal, da Resolução nº 002/2018 de 02 de janeiro de 2018.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3677/projeto_de_resolucao_014-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3677/projeto_de_resolucao_014-2018.pdf</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3676/projeto_de_resolucao_013-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3676/projeto_de_resolucao_013-2018.pdf</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3592/resolucao_012-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3592/resolucao_012-2018.pdf</t>
   </si>
   <si>
     <t>Determina ponto facultativo e horário de expediente da Câmara Municipal de Mostardas.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3591/resolucao_011-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3591/resolucao_011-2018.pdf</t>
   </si>
   <si>
     <t>Determina Ponto Facultativo e horário de expediente da Câmara Municipal de Mostardas.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3590/resolucao_010-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3590/resolucao_010-2018.pdf</t>
   </si>
   <si>
     <t>Promulga Ponto Facultativo.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3589/resolucao_009-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3589/resolucao_009-2018.pdf</t>
   </si>
   <si>
     <t>Regulamenta a veiculação de propaganda eleitoral no âmbito do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3588/resolucao_007-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3588/resolucao_007-2018.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Regimento Interno da Câmara de Vereadores de Mostardas RS.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/2174/resolucao_008-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/2174/resolucao_008-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de expediente durante a primeira fase dos jogos do Brasil na Copa do Mundo de 2018.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3586/resolucao_005-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3586/resolucao_005-2018.pdf</t>
   </si>
   <si>
     <t>Determina pontos facultativos e horário de expediente da Câmara Municipal de Mostardas.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3587/resolucao_006-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3587/resolucao_006-2018.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/640/resolu-o-004-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/640/resolu-o-004-2018.pdf</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/638/resolu-o-002-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/638/resolu-o-002-2018.pdf</t>
   </si>
   <si>
     <t>Altera o valor do vale alimentação dos servidores da Câmara Municipal da Resolução nº 01/2017 de 02 de janeiro de 2017.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/637/resolu-o-001-2018.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/637/resolu-o-001-2018.pdf</t>
   </si>
   <si>
     <t>Determina horário de expediente da Câmara Municipal de Mostardas</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/134/resolu-o-009-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/134/resolu-o-009-2017.pdf</t>
   </si>
   <si>
     <t>Promulga transferência de data da Sessão Ordinária</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/109/resolu-o-008-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/109/resolu-o-008-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta o sistema de compensação de horário - Banco de Horas - e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/108/resolu-o-007-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/108/resolu-o-007-2017.pdf</t>
   </si>
   <si>
     <t>Promulga Ponto Facultativo</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/107/resolu-o-006-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/107/resolu-o-006-2017.pdf</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/106/resolu-o-005-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/106/resolu-o-005-2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos Artigos 24 e 141 e inclui o Artigo 96 A ao 96 H na Resolução nº 004/2011, de 14 de dezembro de 2011 (Regimento Interno da Câmara de Vereadores de Mostardas RS).</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/105/resolu-o-004-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/105/resolu-o-004-2017.pdf</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/104/resolu-o-003-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/104/resolu-o-003-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a Mesa Diretora a Locar prédio com dispensa de licitação e dá outras providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/103/resolu-o-002-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/103/resolu-o-002-2017.pdf</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/102/resolu-o-001-2017.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/102/resolu-o-001-2017.pdf</t>
   </si>
   <si>
     <t>Altera o valor do Vale Alimentação dos servidores da Câmara Municipal, da Resolução nº 01/2016 de 21 de janeiro de 2016.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2011/958/resolucao-n-04-2011-regimento-interno.pdf</t>
+    <t>http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2011/958/resolucao-n-04-2011-regimento-interno.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Mostardas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1473,66 +1473,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5066/resolucao_n_017.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4996/resolucao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4994/resolucao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4995/resolucao_010-2025.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4961/resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4959/resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4960/resolucao_008-2025.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4953/resolucao_06.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4952/resolucao_05.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4922/resolucao_004-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4921/resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4920/resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4919/resolucao_001.2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4795/projeto_de_rsolucao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4794/projeto_de_rsolucao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4777/resolucao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4776/resolucao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4770/resolucao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4769/resolucao_no_11-2024_dispensa_ponto_cm.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4962/resolucao_009.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4711/resolucao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4710/resolucao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4697/resolucao_006.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4696/resolucao_005.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4683/resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4682/resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4655/resolucao.023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4654/resolucao.022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4653/resolucao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4641/resolucao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4631/resolucao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4567/resolucao_014.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4569/resolucao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4568/resolucao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4526/resolucao_13.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4525/resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4522/resolucao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4515/resolucao_010_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4521/resolucao_9.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4494/resolucao_legislativa_008-2023_uvb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4451/resolucao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4450/resolucao_006-2022_horario_da_reuniao_comissoes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4449/resolucao_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4448/resolucao_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4400/resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4399/resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4398/resolucao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4341/resolucao_014_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4440/resolucao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4439/resolucao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4294/resolucao_011-2022_convenios_sicred._pdf.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4441/resolucao__010-2021_indica_vereador.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4296/resolucao__009-2022_expediente.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4295/resolucao_n._008-2022__homenagem_semana_acoriana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4269/resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4270/resolucao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4267/resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4235/resolucao_da_mesa_diretora_004_2022_atualizada.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4268/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4442/resolucao_002-2021_uvb.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4188/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4176/resolucao_de_mesa_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4164/resolucao_resolucao_n_09-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4148/resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4144/resolucao_legislativa_07-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4081/resolucao_legislativa_006-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3998/resolucao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3994/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3992/resolucao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3965/resolucao_005_2020_propaganda_eleitoral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3905/resolucao_de_mesa__004-2020_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3849/resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3848/resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3847/resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3780/resolucao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3743/resolucao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3742/resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3693/resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3692/resolucao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3691/resolucao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3690/resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3689/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3688/resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3677/projeto_de_resolucao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3676/projeto_de_resolucao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3592/resolucao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3591/resolucao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3590/resolucao_010-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3589/resolucao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3588/resolucao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/2174/resolucao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3586/resolucao_005-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3587/resolucao_006-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/640/resolu-o-004-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/638/resolu-o-002-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/637/resolu-o-001-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/134/resolu-o-009-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/109/resolu-o-008-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/108/resolu-o-007-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/107/resolu-o-006-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/106/resolu-o-005-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/105/resolu-o-004-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/104/resolu-o-003-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/103/resolu-o-002-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/102/resolu-o-001-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2011/958/resolucao-n-04-2011-regimento-interno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5066/resolucao_n_017.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5042/resolucao_015.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/5041/resolucao_014.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4997/resolucao_013.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4996/resolucao_011.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4994/resolucao_012-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4995/resolucao_010-2025.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4961/resolucao_009-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4959/resolucao_007-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4960/resolucao_008-2025.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4953/resolucao_06.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4952/resolucao_05.2025_votado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4922/resolucao_004-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4921/resolucao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4920/resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2025/4919/resolucao_001.2025_assinada.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4795/projeto_de_rsolucao_016.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4794/projeto_de_rsolucao_015.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4777/resolucao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4776/resolucao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4770/resolucao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4769/resolucao_no_11-2024_dispensa_ponto_cm.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4962/resolucao_009.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4711/resolucao_008.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4710/resolucao_007.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4697/resolucao_006.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4696/resolucao_005.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4683/resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2024/4682/resolucao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4655/resolucao.023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4654/resolucao.022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4653/resolucao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4641/resolucao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4631/resolucao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4567/resolucao_014.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4569/resolucao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4568/resolucao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4526/resolucao_13.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4525/resolucao_12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4522/resolucao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4515/resolucao_010_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4521/resolucao_9.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4494/resolucao_legislativa_008-2023_uvb.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4451/resolucao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4450/resolucao_006-2022_horario_da_reuniao_comissoes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4449/resolucao_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4448/resolucao_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4400/resolucao_003.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4399/resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2023/4398/resolucao_001_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4438/resolucao_019-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4437/resolucao_n._018-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4384/resolucao_017-2022_convenio_banrisul.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4383/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4382/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4341/resolucao_014_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4440/resolucao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4439/resolucao_012-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4294/resolucao_011-2022_convenios_sicred._pdf.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4441/resolucao__010-2021_indica_vereador.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4296/resolucao__009-2022_expediente.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4295/resolucao_n._008-2022__homenagem_semana_acoriana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4269/resolucao_007-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4270/resolucao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4267/resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4235/resolucao_da_mesa_diretora_004_2022_atualizada.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4268/projeto_de_resolucao_003-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4442/resolucao_002-2021_uvb.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2022/4188/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4176/resolucao_de_mesa_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4164/resolucao_resolucao_n_09-2021_aprovada.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4148/resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4144/resolucao_legislativa_07-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/4081/resolucao_legislativa_006-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3998/resolucao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3994/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2021/3992/resolucao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3965/resolucao_005_2020_propaganda_eleitoral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3905/resolucao_de_mesa__004-2020_sessao_virtual.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3849/resolucao_003-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3848/resolucao_002-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2020/3847/resolucao_001-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3780/resolucao_009-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3743/resolucao_008-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3742/resolucao_007-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3693/resolucao_006-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3692/resolucao_005-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3691/resolucao_004-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3690/resolucao_003-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3689/resolucao_002-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2019/3688/resolucao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3677/projeto_de_resolucao_014-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3676/projeto_de_resolucao_013-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3592/resolucao_012-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3591/resolucao_011-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3590/resolucao_010-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3589/resolucao_009-2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3588/resolucao_007-2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/2174/resolucao_008-2018.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3586/resolucao_005-2018.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/3587/resolucao_006-2018.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/640/resolu-o-004-2018.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/638/resolu-o-002-2018.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2018/637/resolu-o-001-2018.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/134/resolu-o-009-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/109/resolu-o-008-2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/108/resolu-o-007-2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/107/resolu-o-006-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/106/resolu-o-005-2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/105/resolu-o-004-2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/104/resolu-o-003-2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/103/resolu-o-002-2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2017/102/resolu-o-001-2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.mostardas.rs.leg.br/media/sapl/public/normajuridica/2011/958/resolucao-n-04-2011-regimento-interno.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="122.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="122" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="201.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>